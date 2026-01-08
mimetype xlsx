--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -451,805 +451,805 @@
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1992 - 1993</t>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>53834</v>
+        <v>54164</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cardigan et jupe</t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton, acétate, viscose</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>crêpe, jersey</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>54164</v>
+        <v>56322</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56322</v>
+        <v>56397</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Epaulettes</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>garniture</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56397</v>
+        <v>72303</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Epaulettes</t>
+          <t>Ensemble débardeur et jupe </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>garniture</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester, soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>72303</v>
+        <v>72353</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et jupe </t>
+          <t>Robe fourreau </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>polyester, soie</t>
+          <t>acrylique, viscose</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>72353</v>
+        <v>72479</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau </t>
+          <t>Jupe tablier </t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>acrylique, viscose</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>72479</v>
+        <v>72756</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Jupe tablier </t>
+          <t>Accessoire multifonctionnel </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>72756</v>
+        <v>53834</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Accessoire multifonctionnel </t>
+          <t>Ensemble cardigan et jupe</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>coton, acétate, viscose</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>88059</v>
+        <v>54163</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe </t>
+          <t>Robe bustier</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>toile, velours</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>54163</v>
+        <v>88059</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe bustier</t>
+          <t>Ensemble haut et jupe </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>88060</v>
+        <v>95608</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Dos-nu</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>tanné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>95608</v>
+        <v>72360</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Dos-nu</t>
+          <t>Jupe crayon </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>tanné</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>72360</v>
+        <v>72361</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon </t>
+          <t>Blouse </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>72361</v>
+        <v>88060</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Blouse </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>54129</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Veste de tailleur </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>lin, coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>88061</v>
+        <v>54165</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Robe tablier</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, toile</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>54165</v>
+        <v>56402</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Robe tablier</t>
+          <t>Porte-monnaie</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>portefeuille et étui</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>56402</v>
+        <v>65700</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Porte-monnaie</t>
+          <t>Pull </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>portefeuille et étui</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>65700</v>
+        <v>88061</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>tricot</t>
+          <t>jacquard ou façonné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>56097</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
@@ -1287,597 +1287,597 @@
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>botte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>72757</v>
+        <v>95607</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>cuir, coton, viscose, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>crêpe, passementerie</t>
+          <t>tanné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>95607</v>
+        <v>54304</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>cuir, coton, viscose, polyamide (=nylon)</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>tanné, toile</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>54304</v>
+        <v>72482</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Veste de tailleur </t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>72482</v>
+        <v>72757</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>44200</v>
+        <v>68316</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Sac à main</t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>cuir, coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>53306</v>
+        <v>72474</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Sac à main</t>
+          <t>Mules</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>54156</v>
+        <v>44200</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Sac à main</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>cuir, coton</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>68316</v>
+        <v>53306</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>Sac à main</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>2002 - 2003</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir, métal</t>
+        </is>
+      </c>
+      <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>72474</v>
+        <v>54156</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Mules</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H38" s="2"/>
+          <t>acétate, viscose</t>
+        </is>
+      </c>
+      <c r="H38" s="2" t="inlineStr">
+        <is>
+          <t>crêpe</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>44040</v>
+        <v>54305</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe Haricot</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>laine, soie, viscose, acétate</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>72760</v>
+        <v>44040</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Canevas"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, viscose</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>jersey, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>72761</v>
+        <v>72760</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Débardeur "Canevas"</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate, viscose</t>
+          <t>coton, laine, viscose</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>54158</v>
+        <v>72761</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>laine, acétate, viscose</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>mousseline, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>54305</v>
+        <v>54158</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe Haricot</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, viscose, acétate</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>mousseline, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>72484</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Veste </t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>