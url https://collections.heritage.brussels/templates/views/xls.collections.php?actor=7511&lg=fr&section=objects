--- v1 (2026-01-08)
+++ v2 (2026-02-25)
@@ -451,1433 +451,1433 @@
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1992 - 1993</t>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>54164</v>
+        <v>72479</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Jupe tablier </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56322</v>
+        <v>72756</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Accessoire multifonctionnel </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56397</v>
+        <v>53834</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Epaulettes</t>
+          <t>Ensemble cardigan et jupe</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>garniture</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, acétate, viscose</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>72303</v>
+        <v>54164</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et jupe </t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>polyester, soie</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>72353</v>
+        <v>56322</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau </t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>acrylique, viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>72479</v>
+        <v>56397</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Jupe tablier </t>
+          <t>Epaulettes</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>garniture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>72756</v>
+        <v>72303</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Accessoire multifonctionnel </t>
+          <t>Ensemble débardeur et jupe </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>polyester, soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>53834</v>
+        <v>72353</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cardigan et jupe</t>
+          <t>Robe fourreau </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton, acétate, viscose</t>
+          <t>acrylique, viscose</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>crêpe, jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>54163</v>
+        <v>88059</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe bustier</t>
+          <t>Ensemble haut et jupe </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>88059</v>
+        <v>54163</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe </t>
+          <t>Robe bustier</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>toile, velours</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>95608</v>
+        <v>88060</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Dos-nu</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>tanné</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>72360</v>
+        <v>95608</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon </t>
+          <t>Dos-nu</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>tanné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>72361</v>
+        <v>72360</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Blouse </t>
+          <t>Jupe crayon </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>88060</v>
+        <v>72361</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Blouse </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>54129</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Veste de tailleur </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>lin, coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>54165</v>
+        <v>88061</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Robe tablier</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>jacquard ou façonné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>56402</v>
+        <v>54165</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Porte-monnaie</t>
+          <t>Robe tablier</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>portefeuille et étui</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>65700</v>
+        <v>56402</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>Porte-monnaie</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>portefeuille et étui</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>tricot</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>88061</v>
+        <v>65700</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Pull </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, toile</t>
+          <t>tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>56097</v>
+        <v>72429</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Robe combinaison</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>72429</v>
+        <v>56097</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H29" s="2"/>
+          <t>polyamide (=nylon)</t>
+        </is>
+      </c>
+      <c r="H29" s="2" t="inlineStr">
+        <is>
+          <t>dentelle mécanique, jersey</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>95607</v>
+        <v>72482</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Veste de tailleur </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>cuir, coton, viscose, polyamide (=nylon)</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>tanné, toile</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>54304</v>
+        <v>72757</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>crêpe, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>72482</v>
+        <v>95607</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>cuir, coton, viscose, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>tanné, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>72757</v>
+        <v>54304</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>crêpe, passementerie</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>68316</v>
+        <v>72474</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>Mules</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>2002 - 2003</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
-      <c r="H34" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>72474</v>
+        <v>44200</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Mules</t>
+          <t>Sac à main</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H35" s="2"/>
+          <t>cuir, coton</t>
+        </is>
+      </c>
+      <c r="H35" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>44200</v>
+        <v>53306</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Sac à main</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>2002 - 2003</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>sac</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>cuir, coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir, métal</t>
+        </is>
+      </c>
+      <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>53306</v>
+        <v>54156</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Sac à main</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
-[...2 lines deleted...]
-      <c r="H37" s="2"/>
+          <t>acétate, viscose</t>
+        </is>
+      </c>
+      <c r="H37" s="2" t="inlineStr">
+        <is>
+          <t>crêpe</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>54156</v>
+        <v>68316</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>54305</v>
+        <v>44040</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe Haricot</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, viscose, acétate</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>jersey, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>44040</v>
+        <v>72760</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Débardeur "Canevas"</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton, laine, viscose</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>72760</v>
+        <v>72761</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Canevas"</t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, viscose</t>
+          <t>laine, acétate, viscose</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>72761</v>
+        <v>54158</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate, viscose</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>mousseline, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>54158</v>
+        <v>54305</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe Haricot</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>laine, soie, viscose, acétate</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>mousseline, toile</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>72484</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Veste </t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>