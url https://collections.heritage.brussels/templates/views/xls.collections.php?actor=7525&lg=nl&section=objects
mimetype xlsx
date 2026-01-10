--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -179,1121 +179,1121 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>95603</v>
+        <v>60150</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2001</t>
+          <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>lin, polyester, coton, cupro</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>105888</v>
+        <v>95603</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2007</t>
+          <t>1999 - 2001</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), coton, acétate</t>
+          <t>lin, polyester, coton, cupro</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>toile, maille</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>60088</v>
+        <v>105888</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, polyamide (=nylon), coton, acétate</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>60150</v>
+        <v>60088</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>60213</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>T-shirt </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>60079</v>
+        <v>60211</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson et pantalon</t>
+          <t>Peignoir "Close"</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>60211</v>
+        <v>60212</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Peignoir "Close"</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, satin, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>60212</v>
+        <v>60079</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Ensemble blouson et pantalon</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>toile, satin, tricot</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>60085</v>
+        <v>60117</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>tricot, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>60117</v>
+        <v>60085</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>2002 - 2003</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>tricot, sérigraphié</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>105887</v>
+        <v>60131</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Sac banane</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>36595</v>
+        <v>60149</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Gilet "Fork"</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>60131</v>
+        <v>60153</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Sac banane</t>
+          <t>Débardeur "Cupboard 8"</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>60149</v>
+        <v>60154</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>60153</v>
+        <v>60215</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Cupboard 8"</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>60154</v>
+        <v>60216</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>jersey, crêpe</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>60215</v>
+        <v>105887</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>60216</v>
+        <v>36595</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Gilet "Fork"</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>60082</v>
+        <v>60115</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>60084</v>
+        <v>60159</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>60093</v>
+        <v>60208</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H22" s="2"/>
+          <t>coton</t>
+        </is>
+      </c>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>toile, jersey</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>60115</v>
+        <v>60082</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>60159</v>
+        <v>60084</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>60208</v>
+        <v>60093</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>63141</v>
+        <v>60169</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Echarpe</t>
+          <t>Blazer "Jude"</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>velours, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>60073</v>
+        <v>63141</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Echarpe</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>velours, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>60169</v>
+        <v>60073</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Blazer "Jude"</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>60155</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>