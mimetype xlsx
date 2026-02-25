--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -499,683 +499,683 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>60117</v>
+        <v>60085</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>2002 - 2003</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>tricot, sérigraphié</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>60085</v>
+        <v>60117</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>tricot, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>60131</v>
+        <v>60153</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Sac banane</t>
+          <t>Débardeur "Cupboard 8"</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>60149</v>
+        <v>60154</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>60153</v>
+        <v>60215</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Cupboard 8"</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>60154</v>
+        <v>60216</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>jersey, crêpe</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>60215</v>
+        <v>105887</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>60216</v>
+        <v>36595</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Gilet "Fork"</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>105887</v>
+        <v>60131</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Sac banane</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>36595</v>
+        <v>60149</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Gilet "Fork"</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>60115</v>
+        <v>60159</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>60159</v>
+        <v>60208</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>60208</v>
+        <v>60082</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>60082</v>
+        <v>60084</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>60084</v>
+        <v>60093</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>60093</v>
+        <v>60115</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H25" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H25" s="2" t="inlineStr">
+        <is>
+          <t>satin, broderie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>60169</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Blazer "Jude"</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>