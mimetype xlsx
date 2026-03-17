--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -219,125 +219,125 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>57718</v>
+        <v>81350</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1974</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, acétate</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>appliqué</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>81350</v>
+        <v>57718</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1974</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>57864</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1971 - 1973</t>