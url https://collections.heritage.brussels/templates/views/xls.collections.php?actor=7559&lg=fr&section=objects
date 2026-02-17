--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -215,161 +215,161 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99949</v>
+        <v>99966</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>jersey</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99955</v>
+        <v>99949</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>99966</v>
+        <v>99955</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>99165</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1965 - 1967</t>
@@ -887,165 +887,165 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>99751</v>
+        <v>57848</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>technique d'apprêt et embellissement du tissu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>57848</v>
+        <v>58012</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique d'apprêt et embellissement du tissu</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>58012</v>
+        <v>99751</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>57982</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Ensemble tailleur et blouse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Yves Saint Laurent,  / Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
@@ -1087,156 +1087,156 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99766</v>
+        <v>81446</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent,  / Ascot</t>
+          <t>Yves Saint Laurent,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1981</t>
+          <t>1980 - 1985</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...2 lines deleted...]
-      <c r="H25" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H25" s="2" t="inlineStr">
+        <is>
+          <t>satin, ottoman</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>81446</v>
+        <v>98631</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble haut jupe et ceinture</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent,  / Saint Laurent, Yves</t>
+          <t>Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1985</t>
+          <t>1980 - 1989</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues, jupe, ceinture</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
-      <c r="H26" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>98631</v>
+        <v>99766</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut jupe et ceinture</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent</t>
+          <t>Yves Saint Laurent,  / Ascot</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1989</t>
+          <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, jupe, ceinture</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>37019</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Yves Saint Laurent,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>