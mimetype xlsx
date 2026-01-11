--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -651,165 +651,165 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>jersey, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>57968</v>
+        <v>57854</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1973</t>
+          <t>1971 - 1972</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>99180</v>
+        <v>57968</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Mini robe-short </t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1973</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>57854</v>
+        <v>99180</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Mini robe-short </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1972</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>99753</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
@@ -887,165 +887,165 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>58012</v>
+        <v>57848</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>technique d'apprêt et embellissement du tissu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>99751</v>
+        <v>58012</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>57848</v>
+        <v>99751</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'apprêt et embellissement du tissu</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>57982</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Ensemble tailleur et blouse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Yves Saint Laurent,  / Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>