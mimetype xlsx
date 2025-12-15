--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H80"/>
+  <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,797 +179,797 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>68803</v>
+        <v>100508</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>[Charles Vandeputte ?], Fleurs et papillon, aquarelle sur papier, s.d.</t>
+          <t>Moule figurant un homme avec chapeau</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
-      <c r="E2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99893</v>
+        <v>100512</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
+          <t>Moule figurant un personnage féminin grotesque </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée Maurice Carême</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G3" s="2"/>
+          <t>moule</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>100508</v>
+        <v>100514</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme avec chapeau</t>
+          <t>Moule figurant un personnage de profil avec un parapluie</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>100512</v>
+        <v>100515</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage féminin grotesque </t>
+          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>100514</v>
+        <v>100517</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage de profil avec un parapluie</t>
+          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>38822</v>
+        <v>100518</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Masque sévère</t>
+          <t>Moule figurant un homme </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>48209</v>
+        <v>100611</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Charles Van Poucke</t>
+          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>52726</v>
+        <v>100613</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Deux clés symboliques remises à Léopold Ier en 1831</t>
+          <t>Moule allongé figurant un personnage avec chapeau</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
-[...2 lines deleted...]
-      <c r="H9" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56810</v>
+        <v>100614</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Déclaration des droits de l'enfant</t>
+          <t>Moule figurant un cavalier</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H10" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>100515</v>
+        <v>100615</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
+          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100517</v>
+        <v>100616</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
+          <t>Moule "À la Ruche d'Or"</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>100518</v>
+        <v>68803</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme </t>
+          <t>[Charles Vandeputte ?], Fleurs et papillon, aquarelle sur papier, s.d.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
-      <c r="E13" s="2"/>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <t> - 1922</t>
+        </is>
+      </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>100611</v>
+        <v>99893</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
+          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée Maurice Carême</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>100613</v>
+        <v>38822</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Moule allongé figurant un personnage avec chapeau</t>
+          <t>Masque sévère</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>100614</v>
+        <v>48209</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un cavalier</t>
+          <t>Portrait du sculpteur Charles Van Poucke</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100615</v>
+        <v>52726</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
+          <t>Deux clés symboliques remises à Léopold Ier en 1831</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent, vermeil</t>
+        </is>
+      </c>
+      <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100616</v>
+        <v>56810</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Moule "À la Ruche d'Or"</t>
+          <t>Déclaration des droits de l'enfant</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>74887</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Tronc d'offrande à Notre-Dame du chant d'oiseaux</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1201 - 1300</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tronc</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bois, peinture</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>88145</v>
+        <v>66332</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Carreau de Delft, arbalétrier debout en position de tir</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
-[...4 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>1601 - 1800</t>
+        </is>
+      </c>
+      <c r="F20" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G20" s="2" t="inlineStr">
+        <is>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>66256</v>
+        <v>88145</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>bahut</t>
+          <t>Carreau de Delft, arbalétrier debout en position de tir</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
-      <c r="F21" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>66332</v>
+        <v>66256</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>bahut</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>chêne, fer, métal</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>66227</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
@@ -1571,445 +1571,445 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>70941</v>
+        <v>70944</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Sacré Coeur de Jésus</t>
+          <t>Sainte Thérèse de Lisieux</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>statue, tronc</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>peinture, plâtre, or, pierre</t>
+          <t>plâtre, peinture, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>70943</v>
+        <v>70945</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>statue, tronc</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture, pierre, or</t>
+          <t>marbre, or</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique de sculpture, doré</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>70944</v>
+        <v>70946</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Sainte Thérèse de Lisieux</t>
+          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture, bois</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>70945</v>
+        <v>70947</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>L'enfant Jésus de Prague</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>marbre, or</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>70946</v>
+        <v>70951</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
+          <t>Retable</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>retable, polyptyque, autel</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>peinture, bois, or</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>70947</v>
+        <v>70956</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>L'enfant Jésus de Prague</t>
+          <t>Sainte Barbe</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>plâtre, peinture</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de peinture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>70951</v>
+        <v>70957</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Retable</t>
+          <t>Autel : Mater Dolorosa </t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>retable, polyptyque, autel</t>
+          <t>autel, statue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, or</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture, doré</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>70956</v>
+        <v>70958</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Sainte Barbe</t>
+          <t>Calvaire</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique de sculpture</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>70957</v>
+        <v>70941</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Autel : Mater Dolorosa </t>
+          <t>Sacré Coeur de Jésus</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>autel, statue</t>
+          <t>statue, tronc</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture, plâtre, or, pierre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>70958</v>
+        <v>70943</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Calvaire</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>statue, tronc</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>plâtre, peinture, pierre, or</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de peinture, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>70444</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Hippolyte Limbourg</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Inconnu</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
@@ -2471,789 +2471,905 @@
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Tillieux, Maurice / inconnu</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>peinture murale, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>68555</v>
+        <v>68553</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
+          <t>anon., Tête de vieille femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>68556</v>
+        <v>68554</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>anon., Vieille maison, linogravure, s.d.</t>
+          <t>anon., L'étang, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>68557</v>
+        <v>68555</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
+          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>68782</v>
+        <v>68556</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
+          <t>anon., Vieille maison, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>68976</v>
+        <v>68557</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron (?), Arbres devant une maison / Nature morte, huile sur toile, s.d.</t>
+          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>68977</v>
+        <v>68604</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>anon., Le séducteur ou la jarretière, gravure, s.d.</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>68980</v>
+        <v>68782</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
+          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>69034</v>
+        <v>68797</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
+          <t>anon., La dame au bouquet, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>69134</v>
+        <v>68976</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>anon., Vierge à l'Enfant entourée de Saint Dominique et de Saint François d'Assise, huile sur toile, s.d.</t>
+          <t>Sander Pierron (?), Arbres devant une maison / Nature morte, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>69147</v>
+        <v>68977</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>anon., Portrait d'homme à la chemise blanche, aquarelle, s.d.</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>69148</v>
+        <v>68978</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>anon., Louis XVI, Marie-Antoinette et leurs enfants, gravure, s.d.</t>
+          <t>anon., Elément d'architecture (faune et rinceaux), aquarelle sur papier, s.d.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H72" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H72" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>69153</v>
+        <v>68980</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>anon., Léda et le cygne (ébauche), cire d'abeille, s.d. [19e s. ?].</t>
+          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>cire d'abeille</t>
-[...2 lines deleted...]
-      <c r="H73" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H73" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>69163</v>
+        <v>69034</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
+          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>69164</v>
+        <v>69134</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>M. de Schampheleer, Portrait du père d'Edmond de Schampheleer, huile sur toile, s.d.</t>
+          <t>anon., Vierge à l'Enfant entourée de Saint Dominique et de Saint François d'Assise, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>69182</v>
+        <v>69147</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief avec agneau mystique couché sur le livre fermé aux sept sceaux, bois de tilleul, s.d.</t>
+          <t>anon., Portrait d'homme à la chemise blanche, aquarelle, s.d.</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
-[...3 lines deleted...]
-      <c r="H76" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G76" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H76" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>69183</v>
+        <v>69148</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>anon., Vierge à l'Enfant, bois, s.d.</t>
+          <t>anon., Louis XVI, Marie-Antoinette et leurs enfants, gravure, s.d.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>69187</v>
+        <v>69153</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>anon., La Sainte Famille au repos en Egypte, huile sur toile, s.d.</t>
+          <t>anon., Léda et le cygne (ébauche), cire d'abeille, s.d. [19e s. ?].</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>cire d'abeille</t>
+        </is>
+      </c>
+      <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>68553</v>
+        <v>69163</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>anon., Tête de vieille femme, gravure, s.d.</t>
+          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>68554</v>
+        <v>69164</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>anon., L'étang, linogravure, s.d.</t>
+          <t>M. de Schampheleer, Portrait du père d'Edmond de Schampheleer, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="1" t="n">
+        <v>69182</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Bas-relief avec agneau mystique couché sur le livre fermé aux sept sceaux, bois de tilleul, s.d.</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E81" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F81" s="2" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="1" t="n">
+        <v>69183</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>anon., Vierge à l'Enfant, bois, s.d.</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
+      <c r="E82" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F82" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G82" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H82" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="1" t="n">
+        <v>69187</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>anon., La Sainte Famille au repos pendant la fuite en Egypte, huile sur toile, s.d.</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
+      <c r="E83" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F83" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G83" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H83" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>