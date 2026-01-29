--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -179,799 +179,799 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>100508</v>
+        <v>56810</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme avec chapeau</t>
+          <t>Déclaration des droits de l'enfant</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>100512</v>
+        <v>68803</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage féminin grotesque </t>
+          <t>[Charles Vandeputte ?], Fleurs et papillon, aquarelle sur papier, s.d.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
-      <c r="E3" s="2"/>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t> - 1922</t>
+        </is>
+      </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>100514</v>
+        <v>99893</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage de profil avec un parapluie</t>
+          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée Maurice Carême</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>100515</v>
+        <v>38822</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
+          <t>Masque sévère</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>100517</v>
+        <v>48209</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
+          <t>Portrait du sculpteur Charles Van Poucke</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>100518</v>
+        <v>52726</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme </t>
+          <t>Deux clés symboliques remises à Léopold Ier en 1831</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent, vermeil</t>
+        </is>
+      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>100611</v>
+        <v>100508</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
+          <t>Moule figurant un homme avec chapeau</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>100613</v>
+        <v>100512</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Moule allongé figurant un personnage avec chapeau</t>
+          <t>Moule figurant un personnage féminin grotesque </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>100614</v>
+        <v>100514</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un cavalier</t>
+          <t>Moule figurant un personnage de profil avec un parapluie</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>100615</v>
+        <v>100515</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
+          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100616</v>
+        <v>100517</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Moule "À la Ruche d'Or"</t>
+          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>68803</v>
+        <v>100518</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>[Charles Vandeputte ?], Fleurs et papillon, aquarelle sur papier, s.d.</t>
+          <t>Moule figurant un homme </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
-      <c r="E13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>99893</v>
+        <v>100611</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
+          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée Maurice Carême</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G14" s="2"/>
+          <t>moule</t>
+        </is>
+      </c>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>38822</v>
+        <v>100613</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Masque sévère</t>
+          <t>Moule allongé figurant un personnage avec chapeau</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>48209</v>
+        <v>100614</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Charles Van Poucke</t>
+          <t>Moule figurant un cavalier</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>52726</v>
+        <v>100615</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Deux clés symboliques remises à Léopold Ier en 1831</t>
+          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
-[...2 lines deleted...]
-      <c r="H17" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>56810</v>
+        <v>100616</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Déclaration des droits de l'enfant</t>
+          <t>Moule "À la Ruche d'Or"</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H18" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>74887</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Tronc d'offrande à Notre-Dame du chant d'oiseaux</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1201 - 1300</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tronc</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bois, peinture</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>66332</v>
+        <v>66256</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>bahut</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>chêne, fer, métal</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>88145</v>
+        <v>66332</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Carreau de Delft, arbalétrier debout en position de tir</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
-[...4 lines deleted...]
-      <c r="H21" s="2"/>
+          <t>1601 - 1800</t>
+        </is>
+      </c>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>66256</v>
+        <v>88145</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>bahut</t>
+          <t>Carreau de Delft, arbalétrier debout en position de tir</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
-      <c r="F22" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>66227</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
@@ -1571,1805 +1571,1805 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>70944</v>
+        <v>70941</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Sainte Thérèse de Lisieux</t>
+          <t>Sacré Coeur de Jésus</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, tronc</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture, bois</t>
+          <t>peinture, plâtre, or, pierre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>70945</v>
+        <v>70943</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue, tronc</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>marbre, or</t>
+          <t>plâtre, peinture, pierre, or</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de peinture, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>70946</v>
+        <v>70944</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
+          <t>Sainte Thérèse de Lisieux</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>plâtre, peinture, bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>70947</v>
+        <v>70945</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>L'enfant Jésus de Prague</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>marbre, or</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>70951</v>
+        <v>70946</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Retable</t>
+          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>retable, polyptyque, autel</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, or</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>70956</v>
+        <v>70947</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Sainte Barbe</t>
+          <t>L'enfant Jésus de Prague</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique de sculpture</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>70957</v>
+        <v>70951</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Autel : Mater Dolorosa </t>
+          <t>Retable</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>autel, statue</t>
+          <t>retable, polyptyque, autel</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture, bois, or</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>70958</v>
+        <v>70956</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Calvaire</t>
+          <t>Sainte Barbe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>plâtre, peinture</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de peinture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>70941</v>
+        <v>70957</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Sacré Coeur de Jésus</t>
+          <t>Autel : Mater Dolorosa </t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>statue, tronc</t>
+          <t>autel, statue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>peinture, plâtre, or, pierre</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>70943</v>
+        <v>70958</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Calvaire</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>statue, tronc</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture, pierre, or</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>70444</v>
+        <v>68992</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Hippolyte Limbourg</t>
+          <t>Lismonde (?), Allée d'arbres, fusain, 1925.</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Anderlecht</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H49" s="2"/>
+          <t>papier, fusain</t>
+        </is>
+      </c>
+      <c r="H49" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>68992</v>
+        <v>70062</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Lismonde (?), Allée d'arbres, fusain, 1925.</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>couture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>70062</v>
+        <v>68974</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>ELL, Cavalière sautant un obstacle, lithographie, 1933.</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>68974</v>
+        <v>68975</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>ELL, Cavalière sautant un obstacle, lithographie, 1933.</t>
+          <t>ELL, Chasseur poursuivant un cerf, lithographie, 1934.</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>68975</v>
+        <v>68907</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>ELL, Chasseur poursuivant un cerf, lithographie, 1934.</t>
+          <t>Léon Pringels, Jeunes muses, lithographie, 1942.</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>inconnu,  / Pringels,  Léon</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1942 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>68907</v>
+        <v>66215</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Léon Pringels, Jeunes muses, lithographie, 1942.</t>
+          <t>Plaque commémorative en l'honneur du personnel communal mort pour la patrie -  1914-1918/1940-1945</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>inconnu,  / Pringels,  Léon</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1942 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>monument commémoratif</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>66215</v>
+        <v>86528</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative en l'honneur du personnel communal mort pour la patrie -  1914-1918/1940-1945</t>
+          <t>Plaque commémorative "Cinématographie belge"</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>inconnu,  / Fonderie Nationale des Bronzes</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>86528</v>
+        <v>57345</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative "Cinématographie belge"</t>
+          <t>Rue du Marché aux Porcs et le Cheval Marin</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>inconnu,  / Fonderie Nationale des Bronzes</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H56" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H56" s="2" t="inlineStr">
+        <is>
+          <t>dessin, rehaussé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>57345</v>
+        <v>83155</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Rue du Marché aux Porcs et le Cheval Marin</t>
+          <t>Don Quichotte et Sancho Panza</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Coullaut-Valera, Federico / Coullaut-Valera, Lorenzo / inconnu</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>béton, bronze</t>
+        </is>
+      </c>
+      <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>83155</v>
+        <v>70091</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Don Quichotte et Sancho Panza</t>
+          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Sleeus</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Coullaut-Valera, Federico / Coullaut-Valera, Lorenzo / inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>béton, bronze</t>
-[...2 lines deleted...]
-      <c r="H58" s="2"/>
+          <t>peinture, bois, métal</t>
+        </is>
+      </c>
+      <c r="H58" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>70091</v>
+        <v>70120</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les sept échevins des lignages (Ommegang de Bruxelles) : le blason Sleeus</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>70120</v>
+        <v>68230</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Gil Jourdan</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Tillieux, Maurice / inconnu</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
-[...11 lines deleted...]
-      </c>
+          <t>peinture murale, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>68230</v>
+        <v>69034</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Gil Jourdan</t>
+          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Tillieux, Maurice / inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>s.d. - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>peinture murale, oeuvre d'art en espace public</t>
-[...3 lines deleted...]
-      <c r="H61" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H61" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>68553</v>
+        <v>69134</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>anon., Tête de vieille femme, gravure, s.d.</t>
+          <t>anon., Vierge à l'Enfant entourée de Saint Dominique et de Saint François d'Assise, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>68554</v>
+        <v>69139</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>anon., L'étang, linogravure, s.d.</t>
+          <t>anon., Chevalier en armure avec casque, bouclier, épée et massue, statue en pierre, s.d.</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>68555</v>
+        <v>69147</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
+          <t>anon., Portrait d'homme à la chemise blanche, aquarelle, s.d.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>68556</v>
+        <v>69148</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>anon., Vieille maison, linogravure, s.d.</t>
+          <t>anon., Louis XVI, Marie-Antoinette et leurs enfants, gravure, s.d.</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
-      <c r="H65" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>68557</v>
+        <v>69153</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
+          <t>anon., Léda et le cygne (ébauche), cire d'abeille, s.d. [19e s. ?].</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>cire d'abeille</t>
+        </is>
+      </c>
+      <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>68604</v>
+        <v>69163</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>anon., Le séducteur ou la jarretière, gravure, s.d.</t>
+          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Inconnu</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
-      <c r="H67" s="2"/>
+      <c r="H67" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>68782</v>
+        <v>69164</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
+          <t>M. de Schampheleer, Portrait du père d'Edmond de Schampheleer, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>68797</v>
+        <v>69182</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>anon., La dame au bouquet, lithographie, s.d.</t>
+          <t>Bas-relief avec agneau mystique couché sur le livre fermé aux sept sceaux, bois de tilleul, s.d.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...11 lines deleted...]
-      </c>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>68976</v>
+        <v>69183</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron (?), Arbres devant une maison / Nature morte, huile sur toile, s.d.</t>
+          <t>anon., Vierge à l'Enfant, bois, s.d.</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>68977</v>
+        <v>69187</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>anon., La Sainte Famille au repos pendant la fuite en Egypte, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>68978</v>
+        <v>68553</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>anon., Elément d'architecture (faune et rinceaux), aquarelle sur papier, s.d.</t>
+          <t>anon., Tête de vieille femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>68980</v>
+        <v>68554</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
+          <t>anon., L'étang, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>69034</v>
+        <v>68555</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
+          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>69134</v>
+        <v>68556</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>anon., Vierge à l'Enfant entourée de Saint Dominique et de Saint François d'Assise, huile sur toile, s.d.</t>
+          <t>anon., Vieille maison, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>69147</v>
+        <v>68557</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>anon., Portrait d'homme à la chemise blanche, aquarelle, s.d.</t>
+          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>69148</v>
+        <v>68604</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>anon., Louis XVI, Marie-Antoinette et leurs enfants, gravure, s.d.</t>
+          <t>anon., Le séducteur ou la jarretière, gravure, s.d.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>69153</v>
+        <v>68782</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>anon., Léda et le cygne (ébauche), cire d'abeille, s.d. [19e s. ?].</t>
+          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>cire d'abeille</t>
-[...2 lines deleted...]
-      <c r="H78" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H78" s="2" t="inlineStr">
+        <is>
+          <t>gravure en creux</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>69163</v>
+        <v>68797</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
+          <t>anon., La dame au bouquet, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>69164</v>
+        <v>68976</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>M. de Schampheleer, Portrait du père d'Edmond de Schampheleer, huile sur toile, s.d.</t>
+          <t>Sander Pierron (?), Arbres devant une maison / Nature morte, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>69182</v>
+        <v>68977</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief avec agneau mystique couché sur le livre fermé aux sept sceaux, bois de tilleul, s.d.</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
-[...3 lines deleted...]
-      <c r="H81" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G81" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
+      <c r="H81" s="2" t="inlineStr">
+        <is>
+          <t>lithographie, collé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>69183</v>
+        <v>68978</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>anon., Vierge à l'Enfant, bois, s.d.</t>
+          <t>anon., Elément d'architecture (faune et rinceaux), aquarelle sur papier, s.d.</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Inconnu</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>69187</v>
+        <v>68980</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>anon., La Sainte Famille au repos pendant la fuite en Egypte, huile sur toile, s.d.</t>
+          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>