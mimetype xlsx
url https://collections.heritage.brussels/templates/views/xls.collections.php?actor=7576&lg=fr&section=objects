--- v2 (2026-01-29)
+++ v3 (2026-03-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H83"/>
+  <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,623 +179,623 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>56810</v>
+        <v>100514</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Déclaration des droits de l'enfant</t>
+          <t>Moule figurant un personnage de profil avec un parapluie</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H2" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>68803</v>
+        <v>100515</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>[Charles Vandeputte ?], Fleurs et papillon, aquarelle sur papier, s.d.</t>
+          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
-      <c r="E3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99893</v>
+        <v>100517</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
+          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée Maurice Carême</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G4" s="2"/>
+          <t>moule</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>38822</v>
+        <v>100518</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Masque sévère</t>
+          <t>Moule figurant un homme </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>48209</v>
+        <v>100611</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Charles Van Poucke</t>
+          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>52726</v>
+        <v>100613</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Deux clés symboliques remises à Léopold Ier en 1831</t>
+          <t>Moule allongé figurant un personnage avec chapeau</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>clé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>100508</v>
+        <v>100614</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme avec chapeau</t>
+          <t>Moule figurant un cavalier</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>100512</v>
+        <v>100615</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage féminin grotesque </t>
+          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>100514</v>
+        <v>100616</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage de profil avec un parapluie</t>
+          <t>Moule "À la Ruche d'Or"</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>100515</v>
+        <v>68803</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
+          <t>[Charles Vandeputte ?], Fleurs et papillon, aquarelle sur papier, s.d.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
-      <c r="E11" s="2"/>
+      <c r="E11" s="2" t="inlineStr">
+        <is>
+          <t> - 1922</t>
+        </is>
+      </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100517</v>
+        <v>38822</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
+          <t>Masque sévère</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>100518</v>
+        <v>48209</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme </t>
+          <t>Portrait du sculpteur Charles Van Poucke</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>100611</v>
+        <v>52726</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
+          <t>Deux clés symboliques remises à Léopold Ier en 1831</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>clé</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent, vermeil</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>100613</v>
+        <v>56810</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Moule allongé figurant un personnage avec chapeau</t>
+          <t>Déclaration des droits de l'enfant</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>100614</v>
+        <v>99893</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un cavalier</t>
+          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée Maurice Carême</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100615</v>
+        <v>100508</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
+          <t>Moule figurant un homme avec chapeau</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100616</v>
+        <v>100512</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Moule "À la Ruche d'Or"</t>
+          <t>Moule figurant un personnage féminin grotesque </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
@@ -823,468 +823,468 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1201 - 1300</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tronc</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bois, peinture</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>66256</v>
+        <v>66332</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>bahut</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>chêne, fer, métal</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>66332</v>
+        <v>88145</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>Carreau de Delft, arbalétrier debout en position de tir</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
-[...16 lines deleted...]
-      </c>
+          <t>1601 - 1700</t>
+        </is>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>88145</v>
+        <v>66256</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Carreau de Delft, arbalétrier debout en position de tir</t>
+          <t>bahut</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
-      <c r="F22" s="2"/>
-[...1 lines deleted...]
-      <c r="H22" s="2"/>
+      <c r="F22" s="2" t="inlineStr">
+        <is>
+          <t>buffet</t>
+        </is>
+      </c>
+      <c r="G22" s="2" t="inlineStr">
+        <is>
+          <t>chêne, fer, métal</t>
+        </is>
+      </c>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>66227</v>
+        <v>66315</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>66307</v>
+        <v>66316</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
+          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>66315</v>
+        <v>66323</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>66316</v>
+        <v>66325</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>66323</v>
+        <v>66330</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>66325</v>
+        <v>66331</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>66330</v>
+        <v>66227</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Pot à beurre en faïence à décor d'homme se reposant dans un paysage naturel</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>66331</v>
+        <v>66307</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
+          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>66319</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
@@ -1331,195 +1331,195 @@
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>cafetière</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>66226</v>
+        <v>66318</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence à décor de fleurs</t>
+          <t>Paire de vases et potiche au décor de moulin</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique]</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>66298</v>
+        <v>66226</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de vase fleuri</t>
+          <t>Plat en faïence à décor de fleurs</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>technique de peinture, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>66303</v>
+        <v>66298</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Assiette en faïence à décor de fleurs et de vase</t>
+          <t>Assiette en faïence à décor de vase fleuri</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>66318</v>
+        <v>66303</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases et potiche au décor de moulin</t>
+          <t>Assiette en faïence à décor de fleurs et de vase</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>69043</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>anon., La lettre contrariante, lithographie, éd. George Baxter (Londres), 1854.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
@@ -2435,941 +2435,981 @@
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Tillieux, Maurice / inconnu</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>peinture murale, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>69034</v>
+        <v>69166</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
+          <t>[Edmond de Schampheleer], Autoportrait ou portrait de Louis de Schampheleer ?, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>69134</v>
+        <v>69182</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>anon., Vierge à l'Enfant entourée de Saint Dominique et de Saint François d'Assise, huile sur toile, s.d.</t>
+          <t>Bas-relief avec agneau mystique couché sur le livre fermé aux sept sceaux, bois de tilleul, s.d.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...11 lines deleted...]
-      </c>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>69139</v>
+        <v>69183</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>anon., Chevalier en armure avec casque, bouclier, épée et massue, statue en pierre, s.d.</t>
+          <t>anon., Vierge à l'Enfant, bois, s.d.</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Inconnu</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H63" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H63" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>69147</v>
+        <v>69187</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>anon., Portrait d'homme à la chemise blanche, aquarelle, s.d.</t>
+          <t>anon., La Sainte Famille au repos pendant la fuite en Egypte, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>69148</v>
+        <v>68553</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>anon., Louis XVI, Marie-Antoinette et leurs enfants, gravure, s.d.</t>
+          <t>anon., Tête de vieille femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
-      <c r="H65" s="2"/>
+      <c r="H65" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>69153</v>
+        <v>68554</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>anon., Léda et le cygne (ébauche), cire d'abeille, s.d. [19e s. ?].</t>
+          <t>anon., L'étang, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>cire d'abeille</t>
-[...2 lines deleted...]
-      <c r="H66" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H66" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>69163</v>
+        <v>68555</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
+          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>69164</v>
+        <v>68556</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>M. de Schampheleer, Portrait du père d'Edmond de Schampheleer, huile sur toile, s.d.</t>
+          <t>anon., Vieille maison, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>69182</v>
+        <v>68557</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief avec agneau mystique couché sur le livre fermé aux sept sceaux, bois de tilleul, s.d.</t>
+          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
-[...3 lines deleted...]
-      <c r="H69" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G69" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H69" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>69183</v>
+        <v>68604</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>anon., Vierge à l'Enfant, bois, s.d.</t>
+          <t>anon., Le séducteur ou la jarretière, gravure, s.d.</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Inconnu</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>69187</v>
+        <v>68782</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>anon., La Sainte Famille au repos pendant la fuite en Egypte, huile sur toile, s.d.</t>
+          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>68553</v>
+        <v>68797</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>anon., Tête de vieille femme, gravure, s.d.</t>
+          <t>anon., La dame au bouquet, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>68554</v>
+        <v>68976</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>anon., L'étang, linogravure, s.d.</t>
+          <t>Sander Pierron (?), Arbres devant une maison / Nature morte, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>68555</v>
+        <v>68977</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>68556</v>
+        <v>68978</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>anon., Vieille maison, linogravure, s.d.</t>
+          <t>anon., Elément d'architecture (faune et rinceaux), aquarelle sur papier, s.d.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>68557</v>
+        <v>68980</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
+          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>68604</v>
+        <v>69034</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>anon., Le séducteur ou la jarretière, gravure, s.d.</t>
+          <t>anon., Junot (Jean Andoche) duc d'Abrantès, général en chef de l'armée de Portugal, 1813 (d'après un tableau de Vincent-Nicolas Raverat), gravure, s.d.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
-      <c r="H77" s="2"/>
+      <c r="H77" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>68782</v>
+        <v>69134</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>anon., L'importun ou le verrou, d'après Louis-Léopold Boilly, gravure, s.d.</t>
+          <t>anon., Vierge à l'Enfant entourée de Saint Dominique et de Saint François d'Assise, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>68797</v>
+        <v>69139</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>anon., La dame au bouquet, lithographie, s.d.</t>
+          <t>anon., Chevalier en armure avec casque, bouclier, épée et massue, statue en pierre, s.d.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Inconnu</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>68976</v>
+        <v>69147</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron (?), Arbres devant une maison / Nature morte, huile sur toile, s.d.</t>
+          <t>anon., Portrait d'homme à la chemise blanche, aquarelle, s.d.</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>68977</v>
+        <v>69148</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>anon., Louis XVI, Marie-Antoinette et leurs enfants, gravure, s.d.</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>68978</v>
+        <v>69153</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>anon., Elément d'architecture (faune et rinceaux), aquarelle sur papier, s.d.</t>
+          <t>anon., Léda et le cygne (ébauche), cire d'abeille, s.d. [19e s. ?].</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>cire d'abeille</t>
+        </is>
+      </c>
+      <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>68980</v>
+        <v>69163</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
+          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="1" t="n">
+        <v>69164</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>M. de Schampheleer, Portrait du père d'Edmond de Schampheleer, huile sur toile, s.d.</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
+      <c r="E84" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F84" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G84" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H84" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>