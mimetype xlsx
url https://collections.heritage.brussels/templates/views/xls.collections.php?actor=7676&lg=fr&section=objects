--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H48"/>
+  <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -655,465 +655,465 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97965</v>
+        <v>97964</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les passementiers</t>
+          <t>Les ebénistes</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97966</v>
+        <v>97965</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les orfèvres</t>
+          <t>Les passementiers</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97967</v>
+        <v>97966</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les graissiers</t>
+          <t>Les orfèvres</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97968</v>
+        <v>97967</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les gantiers</t>
+          <t>Les graissiers</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97969</v>
+        <v>97968</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les doreurs</t>
+          <t>Les gantiers</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97970</v>
+        <v>97969</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les meuniers </t>
+          <t>Les doreurs</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97971</v>
+        <v>97970</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les chapeliers, foulons et brandeviniers</t>
+          <t>Les meuniers </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97972</v>
+        <v>97971</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson salé</t>
+          <t>Les chapeliers, foulons et brandeviniers</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97974</v>
+        <v>97972</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les tapissiers</t>
+          <t>Les marchands de poisson salé</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97975</v>
+        <v>97974</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les brasseurs</t>
+          <t>Les tapissiers</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97976</v>
+        <v>97975</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les boulangers</t>
+          <t>Les brasseurs</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
@@ -1135,145 +1135,145 @@
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97940</v>
+        <v>97976</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
+          <t>Les boulangers</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97941</v>
+        <v>97940</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les teinturiers</t>
+          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97982</v>
+        <v>97941</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les tanneurs</t>
+          <t>Les teinturiers</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
@@ -1295,145 +1295,145 @@
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97993</v>
+        <v>97982</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
+          <t>Les tanneurs</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97994</v>
+        <v>97993</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les arquebusiers</t>
+          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97995</v>
+        <v>97994</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson d'eau douce</t>
+          <t>Les arquebusiers</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
@@ -1455,643 +1455,683 @@
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>98075</v>
+        <v>97995</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les savetiers</t>
+          <t>Les marchands de poisson d'eau douce</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97947</v>
+        <v>97946</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les charpentiers</t>
+          <t>Les fripiers</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>97948</v>
+        <v>98075</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les bateliers</t>
+          <t>Les savetiers</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97950</v>
+        <v>97947</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les drapiers et les tisserands de laine</t>
+          <t>Les charpentiers</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97951</v>
+        <v>97948</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les tailleurs</t>
+          <t>Les bateliers</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97952</v>
+        <v>97950</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les selliers et charrons</t>
+          <t>Les drapiers et les tisserands de laine</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97953</v>
+        <v>97951</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t> Les fruitiers (les marchands de fruits)</t>
+          <t>Les tailleurs</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97954</v>
+        <v>97952</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les peintres, batteurs d'or et verriers</t>
+          <t>Les selliers et charrons</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97955</v>
+        <v>97953</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les serruriers et horlogers </t>
+          <t> Les fruitiers (les marchands de fruits)</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97956</v>
+        <v>97954</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de vin</t>
+          <t>Les peintres, batteurs d'or et verriers</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97957</v>
+        <v>97955</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de drap au détail et les chaussetiers</t>
+          <t>Les serruriers et horlogers </t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97962</v>
+        <v>97956</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les tonneliers</t>
+          <t>Les marchands de vin</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97963</v>
+        <v>97957</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les brodeurs et pelletiers</t>
+          <t>Les marchands de drap au détail et les chaussetiers</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97964</v>
+        <v>97962</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les ebénistes</t>
+          <t>Les tonneliers</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
+        <v>97963</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Les brodeurs et pelletiers</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+        </is>
+      </c>
+      <c r="E48" s="2" t="inlineStr">
+        <is>
+          <t>1883 - </t>
+        </is>
+      </c>
+      <c r="F48" s="2" t="inlineStr">
+        <is>
+          <t>statue, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G48" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H48" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="1" t="n">
         <v>86364</v>
       </c>
-      <c r="B48" s="2" t="inlineStr">
+      <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Fontaine Auguste Orts (VdB)</t>
         </is>
       </c>
-      <c r="C48" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D48" s="2" t="inlineStr">
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas / Beyaert, Henri / Houtstont, Georges</t>
         </is>
       </c>
-      <c r="E48" s="2" t="inlineStr">
+      <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
-      <c r="F48" s="2" t="inlineStr">
+      <c r="F49" s="2" t="inlineStr">
         <is>
           <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
-      <c r="G48" s="2" t="inlineStr">
+      <c r="G49" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, marbre, bronze, pierre</t>
         </is>
       </c>
-      <c r="H48" s="2"/>
+      <c r="H49" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>