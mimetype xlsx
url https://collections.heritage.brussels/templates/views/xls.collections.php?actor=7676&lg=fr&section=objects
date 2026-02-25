--- v1 (2026-01-08)
+++ v2 (2026-02-25)
@@ -655,1435 +655,1435 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97964</v>
+        <v>97966</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les ebénistes</t>
+          <t>Les orfèvres</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97965</v>
+        <v>97967</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les passementiers</t>
+          <t>Les graissiers</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97966</v>
+        <v>97968</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les orfèvres</t>
+          <t>Les gantiers</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97967</v>
+        <v>97969</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les graissiers</t>
+          <t>Les doreurs</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97968</v>
+        <v>97970</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les gantiers</t>
+          <t>Les meuniers </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97969</v>
+        <v>97971</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les doreurs</t>
+          <t>Les chapeliers, foulons et brandeviniers</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97970</v>
+        <v>97972</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les meuniers </t>
+          <t>Les marchands de poisson salé</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97971</v>
+        <v>97974</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les chapeliers, foulons et brandeviniers</t>
+          <t>Les tapissiers</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97972</v>
+        <v>97975</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson salé</t>
+          <t>Les brasseurs</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97974</v>
+        <v>97939</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les tapissiers</t>
+          <t>Les cordonniers</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97975</v>
+        <v>97976</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les brasseurs</t>
+          <t>Les boulangers</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97939</v>
+        <v>97940</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les cordonniers</t>
+          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97976</v>
+        <v>97941</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les boulangers</t>
+          <t>Les teinturiers</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97940</v>
+        <v>97942</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
+          <t>Les ceinturiers et épingliers</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97941</v>
+        <v>97982</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les teinturiers</t>
+          <t>Les tanneurs</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97942</v>
+        <v>97993</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les ceinturiers et épingliers</t>
+          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97982</v>
+        <v>97994</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les tanneurs</t>
+          <t>Les arquebusiers</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97993</v>
+        <v>97945</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
+          <t>Les tisserands de toile et les marchands de toile</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97994</v>
+        <v>97995</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les arquebusiers</t>
+          <t>Les marchands de poisson d'eau douce</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97945</v>
+        <v>97946</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les tisserands de toile et les marchands de toile</t>
+          <t>Les fripiers</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97995</v>
+        <v>98075</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson d'eau douce</t>
+          <t>Les savetiers</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97946</v>
+        <v>97947</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les fripiers</t>
+          <t>Les charpentiers</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>98075</v>
+        <v>97948</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les savetiers</t>
+          <t>Les bateliers</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97947</v>
+        <v>97950</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les charpentiers</t>
+          <t>Les drapiers et les tisserands de laine</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97948</v>
+        <v>97951</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les bateliers</t>
+          <t>Les tailleurs</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97950</v>
+        <v>97952</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les drapiers et les tisserands de laine</t>
+          <t>Les selliers et charrons</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97951</v>
+        <v>97953</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les tailleurs</t>
+          <t> Les fruitiers (les marchands de fruits)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97952</v>
+        <v>97954</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les selliers et charrons</t>
+          <t>Les peintres, batteurs d'or et verriers</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97953</v>
+        <v>97955</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t> Les fruitiers (les marchands de fruits)</t>
+          <t>Les serruriers et horlogers </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97954</v>
+        <v>97956</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les peintres, batteurs d'or et verriers</t>
+          <t>Les marchands de vin</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97955</v>
+        <v>97957</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les serruriers et horlogers </t>
+          <t>Les marchands de drap au détail et les chaussetiers</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97956</v>
+        <v>97962</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de vin</t>
+          <t>Les tonneliers</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97957</v>
+        <v>97963</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de drap au détail et les chaussetiers</t>
+          <t>Les brodeurs et pelletiers</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97962</v>
+        <v>97964</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les tonneliers</t>
+          <t>Les ebénistes</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97963</v>
+        <v>97965</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les brodeurs et pelletiers</t>
+          <t>Les passementiers</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>86364</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Fontaine Auguste Orts (VdB)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>