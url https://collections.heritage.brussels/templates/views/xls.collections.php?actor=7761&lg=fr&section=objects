--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -259,105 +259,105 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>plan d'architecture, archives</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>45488</v>
+        <v>45490</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Dessin d'avant-projet pour l'intérieur de l'aérogare de Zaventem</t>
+          <t>Dessin d'avant-projet pour la façade et la tour de contrôle de l'aérogare de Zaventem</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Brunfaut, Maxime / Moutschen, Joseph / Bontinck, Geo</t>
+          <t>Brunfaut, Maxime / Bontinck, Geo / Moutschen, Joseph</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>45490</v>
+        <v>45488</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Dessin d'avant-projet pour la façade et la tour de contrôle de l'aérogare de Zaventem</t>
+          <t>Dessin d'avant-projet pour l'intérieur de l'aérogare de Zaventem</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Brunfaut, Maxime / Bontinck, Geo / Moutschen, Joseph</t>
+          <t>Brunfaut, Maxime / Moutschen, Joseph / Bontinck, Geo</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>archives, dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">