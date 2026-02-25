--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -179,485 +179,485 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>45524</v>
+        <v>45541</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Fragment de papier peint de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
+          <t>Dessin du studio de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>archives, papiers-peints</t>
+          <t>dessin, archives</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression du papier peint</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>45541</v>
+        <v>45524</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Dessin du studio de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
+          <t>Fragment de papier peint de la villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin, archives</t>
+          <t>archives, papiers-peints</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, peinture</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>technique d'impression du papier peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>45521</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Dessin de la maison personnelle de Louis-Herman De Koninck à Uccle</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin, archives</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>57539</v>
+        <v>57531</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Dessin prototype de cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>57540</v>
+        <v>57535</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Dessin prototype de cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>57541</v>
+        <v>57539</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Poignée de cuisine standardisée Cubex</t>
+          <t>Dessin prototype de cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>poignée</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>57542</v>
+        <v>57540</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
+          <t>Dessin prototype de cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>cuir, acier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique des métaux</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>57576</v>
+        <v>57541</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Dessin technique de mobilier pour la salle à manger de Mme France à Copenhague</t>
+          <t>Poignée de cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>poignée</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>57582</v>
+        <v>57542</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Photographie du mobilier pour la salle à manger de Mme France à Copenhague</t>
+          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>cuir, acier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique du cuir, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>57531</v>
+        <v>57576</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Dessin prototype de cuisine standardisée Cubex</t>
+          <t>Dessin technique de mobilier pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>57535</v>
+        <v>57582</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Dessin prototype de cuisine standardisée Cubex</t>
+          <t>Photographie du mobilier pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>45525</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Chaise pour la maison Canneel à Auderghem</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>