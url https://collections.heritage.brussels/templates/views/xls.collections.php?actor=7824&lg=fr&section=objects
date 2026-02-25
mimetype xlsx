--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -364,51 +364,51 @@
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>plaque commémorative, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>102646</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Médaille Léon François</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1883 - 1973</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>66526</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
@@ -436,51 +436,51 @@
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>102816</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette Max-Léo Gérard</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>45814</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
@@ -504,51 +504,51 @@
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>102817</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette de l'Exposition universelle et internationale de 1935</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>76461</v>
       </c>
       <c r="B13" s="2" t="inlineStr">