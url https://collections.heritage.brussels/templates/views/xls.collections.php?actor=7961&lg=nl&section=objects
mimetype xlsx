--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -219,120 +219,120 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1840 - 1874</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>47052</v>
+        <v>47051</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
+          <t>La Maison du Roi à la Grand-Place à Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Canelle, Adrien / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1841 - 1864</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, bistre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>47051</v>
+        <v>47052</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi à la Grand-Place à Bruxelles au 19e siècle</t>
+          <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Canelle, Adrien / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1841 - 1864</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, bistre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>53616</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Galeries Royale Saint Hubert à Bruxelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Canelle, Adrien / Booremans</t>