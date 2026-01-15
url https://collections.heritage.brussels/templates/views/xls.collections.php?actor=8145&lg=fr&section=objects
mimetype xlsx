--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -331,159 +331,159 @@
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>de Potter, Eleuthère</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1849 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>51747</v>
+        <v>47494</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Médaillon : Madame Louis de Potter</t>
+          <t>Portrait de Louis de Potter</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>de Potter, Eleuthère</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>51748</v>
+        <v>51747</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Médaillon : Mademoiselle de Potter</t>
+          <t>Médaillon : Madame Louis de Potter</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>de Potter, Eleuthère</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>47494</v>
+        <v>51748</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Louis de Potter</t>
+          <t>Médaillon : Mademoiselle de Potter</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>de Potter, Eleuthère</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>47495</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Portrait de Mme de Potter</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>de Potter, Eleuthère</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1852 - </t>
         </is>
       </c>