--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -179,755 +179,755 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>49235</v>
+        <v>49289</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Peintre dans son atelier (autoportrait ?)</t>
+          <t>Nature morte avec pain</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>49282</v>
+        <v>49250</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs</t>
+          <t>Tête d'animal</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>49283</v>
+        <v>49257</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Église de campagne</t>
+          <t>Nature morte avec lanterne, couteau et tissus</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>49284</v>
+        <v>49302</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Dunes</t>
+          <t>Nature morte avec bol et tartine</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>49285</v>
+        <v>49260</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Fleurs oranges</t>
+          <t>Portrait de l'archiduc Albert (d'après Rubens)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49286</v>
+        <v>49263</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Fleurs séchées</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>49289</v>
+        <v>50370</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec pain</t>
+          <t>Portrait d'une jeune femme, de profil</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>49250</v>
+        <v>50368</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Tête d'animal</t>
+          <t>Portrait d'une femme, de profil</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>sanguine, papier, carton</t>
+        </is>
+      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>49257</v>
+        <v>50369</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec lanterne, couteau et tissus</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49302</v>
+        <v>49266</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec bol et tartine</t>
+          <t>Nature morte aux sabots</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49260</v>
+        <v>49267</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'archiduc Albert (d'après Rubens)</t>
+          <t>Paysage avec ferme</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49263</v>
+        <v>49269</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>50368</v>
+        <v>49235</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une femme, de profil</t>
+          <t>Peintre dans son atelier (autoportrait ?)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>sanguine, papier, carton</t>
-[...2 lines deleted...]
-      <c r="H14" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>50369</v>
+        <v>49282</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Vase avec fleurs</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H15" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49266</v>
+        <v>49283</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux sabots</t>
+          <t>Église de campagne</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49267</v>
+        <v>49284</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec ferme</t>
+          <t>Dunes</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49269</v>
+        <v>49285</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Parc de Bruxelles</t>
+          <t>Fleurs oranges</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>50370</v>
+        <v>49286</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une jeune femme, de profil</t>
+          <t>Fleurs séchées</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H19" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H19" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>49293</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Maisons reflétées dans un étang</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
@@ -1047,135 +1047,135 @@
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>49240</v>
+        <v>49246</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de cuisine chez le pâtre Jean</t>
+          <t>Ferme</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>49246</v>
+        <v>49268</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Ferme</t>
+          <t>Étude de vase avec fleurs</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>49268</v>
+        <v>49240</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Étude de vase avec fleurs</t>
+          <t>Intérieur de cuisine chez le pâtre Jean</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1643,415 +1643,415 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>49239</v>
+        <v>49248</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec un arbre</t>
+          <t>Paysage avec arbres</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>49248</v>
+        <v>49252</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres</t>
+          <t>Fleurs (lilas de différentes couleurs)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>49252</v>
+        <v>49261</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Fleurs (lilas de différentes couleurs)</t>
+          <t>Intérieur de la maison de Philippe Schott</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>49261</v>
+        <v>49239</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la maison de Philippe Schott</t>
+          <t>Paysage avec un arbre</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>49243</v>
+        <v>49295</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec sabots et pot</t>
+          <t>Nature morte à la raie</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>49295</v>
+        <v>49251</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la raie</t>
+          <t>Nature morte avec chapeau haut-de-forme, gants et bouquet de fleurs jaunes</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>49251</v>
+        <v>49296</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec chapeau haut-de-forme, gants et bouquet de fleurs jaunes</t>
+          <t>Arbuste</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>49296</v>
+        <v>49253</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Arbuste</t>
+          <t>Roses blanches</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>49253</v>
+        <v>49255</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Roses blanches</t>
+          <t>Nature morte avec chapeau (bicorne)</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>49255</v>
+        <v>49243</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec chapeau (bicorne)</t>
+          <t>Nature morte avec sabots et pot</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -2243,215 +2243,215 @@
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>49270</v>
+        <v>49298</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec citrons et chaudron</t>
+          <t>Nature morte à la plie</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>49271</v>
+        <v>49299</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Fleurs orangées</t>
+          <t>Plante avec fleurs blanches</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>49237</v>
+        <v>49270</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec harengs</t>
+          <t>Nature morte avec citrons et chaudron</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>49298</v>
+        <v>49271</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la plie</t>
+          <t>Fleurs orangées</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>49299</v>
+        <v>49237</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Plante avec fleurs blanches</t>
+          <t>Nature morte avec harengs</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -2643,335 +2643,335 @@
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>49234</v>
+        <v>49245</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Le faucheur</t>
+          <t>Tulipes jaunes</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>49242</v>
+        <v>49254</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Fleurs roses et blanches</t>
+          <t>Fleurs jaunes</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>49245</v>
+        <v>49259</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Tulipes jaunes</t>
+          <t>Fleurs rouges</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>49254</v>
+        <v>49424</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Fleurs jaunes</t>
+          <t>Christ crucifié</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>49259</v>
+        <v>49234</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Fleurs rouges</t>
+          <t>Le faucheur</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>49424</v>
+        <v>49242</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Christ crucifié</t>
+          <t>Fleurs roses et blanches</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>49272</v>
+        <v>49427</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Azalées dans un pot</t>
+          <t>Christ crucifié (rue des Villers)</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>49427</v>
+        <v>50517</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Christ crucifié (rue des Villers)</t>
+          <t>Nature morte avec une lampe à pétrole</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -3003,55 +3003,55 @@
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>50517</v>
+        <v>49272</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec une lampe à pétrole</t>
+          <t>Azalées dans un pot</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>