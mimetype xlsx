--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -179,723 +179,723 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>49289</v>
+        <v>50370</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec pain</t>
+          <t>Portrait d'une jeune femme, de profil</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>49250</v>
+        <v>49260</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tête d'animal</t>
+          <t>Portrait de l'archiduc Albert (d'après Rubens)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>49257</v>
+        <v>49263</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec lanterne, couteau et tissus</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>49302</v>
+        <v>50368</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec bol et tartine</t>
+          <t>Portrait d'une femme, de profil</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>sanguine, papier, carton</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>49260</v>
+        <v>50369</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'archiduc Albert (d'après Rubens)</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49263</v>
+        <v>49266</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Nature morte aux sabots</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>50370</v>
+        <v>49267</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une jeune femme, de profil</t>
+          <t>Paysage avec ferme</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H8" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>50368</v>
+        <v>49269</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une femme, de profil</t>
+          <t>Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>sanguine, papier, carton</t>
-[...2 lines deleted...]
-      <c r="H9" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>50369</v>
+        <v>49235</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Peintre dans son atelier (autoportrait ?)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H10" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49266</v>
+        <v>49282</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux sabots</t>
+          <t>Vase avec fleurs</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49267</v>
+        <v>49283</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec ferme</t>
+          <t>Église de campagne</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49269</v>
+        <v>49284</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Parc de Bruxelles</t>
+          <t>Dunes</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>49235</v>
+        <v>49285</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Peintre dans son atelier (autoportrait ?)</t>
+          <t>Fleurs oranges</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49282</v>
+        <v>49286</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs</t>
+          <t>Fleurs séchées</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49283</v>
+        <v>49289</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Église de campagne</t>
+          <t>Nature morte avec pain</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49284</v>
+        <v>49250</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Dunes</t>
+          <t>Tête d'animal</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49285</v>
+        <v>49257</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Fleurs oranges</t>
+          <t>Nature morte avec lanterne, couteau et tissus</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>49286</v>
+        <v>49302</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Fleurs séchées</t>
+          <t>Nature morte avec bol et tartine</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
@@ -1047,280 +1047,280 @@
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>49246</v>
+        <v>49268</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Ferme</t>
+          <t>Étude de vase avec fleurs</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>49268</v>
+        <v>49240</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Étude de vase avec fleurs</t>
+          <t>Intérieur de cuisine chez le pâtre Jean</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>49240</v>
+        <v>49246</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de cuisine chez le pâtre Jean</t>
+          <t>Ferme</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>49294</v>
+        <v>47563</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec tours</t>
+          <t>Nature morte au chou rouge</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>49258</v>
+        <v>49294</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Vieilles hardes</t>
+          <t>Paysage avec tours</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>47563</v>
+        <v>49258</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au chou rouge</t>
+          <t>Vieilles hardes</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>49241</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Nature morte avec coquillages</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
@@ -1643,815 +1643,815 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>49248</v>
+        <v>49261</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres</t>
+          <t>Intérieur de la maison de Philippe Schott</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>49252</v>
+        <v>49239</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Fleurs (lilas de différentes couleurs)</t>
+          <t>Paysage avec un arbre</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>49261</v>
+        <v>49248</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la maison de Philippe Schott</t>
+          <t>Paysage avec arbres</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>49239</v>
+        <v>49252</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec un arbre</t>
+          <t>Fleurs (lilas de différentes couleurs)</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>49295</v>
+        <v>49243</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la raie</t>
+          <t>Nature morte avec sabots et pot</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>49251</v>
+        <v>49295</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec chapeau haut-de-forme, gants et bouquet de fleurs jaunes</t>
+          <t>Nature morte à la raie</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>49296</v>
+        <v>49251</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Arbuste</t>
+          <t>Nature morte avec chapeau haut-de-forme, gants et bouquet de fleurs jaunes</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>49253</v>
+        <v>49296</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Roses blanches</t>
+          <t>Arbuste</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>49255</v>
+        <v>49253</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec chapeau (bicorne)</t>
+          <t>Roses blanches</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>49243</v>
+        <v>49255</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec sabots et pot</t>
+          <t>Nature morte avec chapeau (bicorne)</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>49292</v>
+        <v>49419</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Tête du Christ</t>
+          <t>Vase avec fleurs jaunes</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>49297</v>
+        <v>49262</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs blanches</t>
+          <t>Nature morte avec vase, bougie et crâne</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>49419</v>
+        <v>49265</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs jaunes</t>
+          <t>Nature morte avec soupière et légumes</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>49262</v>
+        <v>49292</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec vase, bougie et crâne</t>
+          <t>Tête du Christ</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>49265</v>
+        <v>49297</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec soupière et légumes</t>
+          <t>Vase avec fleurs blanches</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>49298</v>
+        <v>49270</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la plie</t>
+          <t>Nature morte avec citrons et chaudron</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>49299</v>
+        <v>49271</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Plante avec fleurs blanches</t>
+          <t>Fleurs orangées</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>49270</v>
+        <v>49237</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec citrons et chaudron</t>
+          <t>Nature morte avec harengs</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>49271</v>
+        <v>49298</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Fleurs orangées</t>
+          <t>Nature morte à la plie</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>49237</v>
+        <v>49299</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec harengs</t>
+          <t>Plante avec fleurs blanches</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -2643,335 +2643,335 @@
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>49245</v>
+        <v>49424</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Tulipes jaunes</t>
+          <t>Christ crucifié</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>49254</v>
+        <v>49234</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Fleurs jaunes</t>
+          <t>Le faucheur</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>49259</v>
+        <v>49242</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Fleurs rouges</t>
+          <t>Fleurs roses et blanches</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>49424</v>
+        <v>49245</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Christ crucifié</t>
+          <t>Tulipes jaunes</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>49234</v>
+        <v>49254</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Le faucheur</t>
+          <t>Fleurs jaunes</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>49242</v>
+        <v>49259</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Fleurs roses et blanches</t>
+          <t>Fleurs rouges</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>49427</v>
+        <v>50517</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Christ crucifié (rue des Villers)</t>
+          <t>Nature morte avec une lampe à pétrole</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>50517</v>
+        <v>49427</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec une lampe à pétrole</t>
+          <t>Christ crucifié (rue des Villers)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>