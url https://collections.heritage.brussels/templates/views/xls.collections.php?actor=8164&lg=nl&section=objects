--- v0 (2025-11-16)
+++ v1 (2026-02-17)
@@ -179,87 +179,83 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>49263</v>
+        <v>50370</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Portrait d'une jeune femme, de profil</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>50368</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Portrait d'une femme, de profil</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
@@ -851,83 +847,87 @@
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>50370</v>
+        <v>49263</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une jeune femme, de profil</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1903 - 1964</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H19" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H19" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>49293</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Maisons reflétées dans un étang</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
@@ -2043,240 +2043,240 @@
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>49419</v>
+        <v>49265</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs jaunes</t>
+          <t>Nature morte avec soupière et légumes</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>49262</v>
+        <v>49292</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec vase, bougie et crâne</t>
+          <t>Tête du Christ</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>49265</v>
+        <v>49297</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec soupière et légumes</t>
+          <t>Vase avec fleurs blanches</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>49292</v>
+        <v>49419</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Tête du Christ</t>
+          <t>Vase avec fleurs jaunes</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>49297</v>
+        <v>49262</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs blanches</t>
+          <t>Nature morte avec vase, bougie et crâne</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
         <v>49270</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>Nature morte avec citrons et chaudron</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
@@ -2643,415 +2643,415 @@
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>49424</v>
+        <v>49234</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Christ crucifié</t>
+          <t>Le faucheur</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>49234</v>
+        <v>49242</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Le faucheur</t>
+          <t>Fleurs roses et blanches</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>49242</v>
+        <v>49245</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Fleurs roses et blanches</t>
+          <t>Tulipes jaunes</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>49245</v>
+        <v>49254</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Tulipes jaunes</t>
+          <t>Fleurs jaunes</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>49254</v>
+        <v>49259</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Fleurs jaunes</t>
+          <t>Fleurs rouges</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>49259</v>
+        <v>49424</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Fleurs rouges</t>
+          <t>Christ crucifié</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>49427</v>
+        <v>50517</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Christ crucifié (rue des Villers)</t>
+          <t>Nature morte avec une lampe à pétrole</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>47561</v>
+        <v>49427</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>La Steenpoort</t>
+          <t>Christ crucifié (rue des Villers)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>49272</v>
+        <v>47561</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Azalées dans un pot</t>
+          <t>La Steenpoort</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>50517</v>
+        <v>49272</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec une lampe à pétrole</t>
+          <t>Azalées dans un pot</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Schott, Philippe</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>