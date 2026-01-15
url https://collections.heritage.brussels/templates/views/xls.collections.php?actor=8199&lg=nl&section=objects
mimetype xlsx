--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -219,265 +219,265 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1686 - 1740</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>54589</v>
+        <v>47966</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Schenk, P. / Coppens, Augustin</t>
+          <t>Coppens, Augustin / Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1695 - 1711</t>
+          <t>1695 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>47966</v>
+        <v>47967</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
+          <t>La Grand-Place en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Coppens, Augustin / Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>47967</v>
+        <v>47971</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place en ruines après le bombardement de 1695</t>
+          <t>Estampe de titre des "Perspectives des ruines de la ville de Bruxelles"</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Augustin / Van Orley,  Richard</t>
+          <t>Coppens, Augustin</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>47971</v>
+        <v>54483</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Estampe de titre des "Perspectives des ruines de la ville de Bruxelles"</t>
+          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Augustin</t>
+          <t>Van Orley,  Richard / Coppens, Augustin</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>54483</v>
+        <v>54546</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
+          <t>Les ruines de la ville basse après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Coppens, Augustin</t>
+          <t>Coppens, Augustin / Schenk, Pieter</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1695 - </t>
+          <t>1695 - 1711</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>54546</v>
+        <v>54589</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les ruines de la ville basse après le bombardement de 1695</t>
+          <t>La Grand-Place de Bruxelles en ruines après le bombardement de 1695</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Augustin / Schenk, Pieter</t>
+          <t>Schenk, P. / Coppens, Augustin</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1695 - 1711</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">