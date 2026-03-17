--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -179,265 +179,265 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>52604</v>
+        <v>62784</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
+          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>62784</v>
+        <v>62785</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
+          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>62785</v>
+        <v>62786</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
+          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>62786</v>
+        <v>62787</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
+          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62787</v>
+        <v>62788</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
+          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62788</v>
+        <v>52604</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
+          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
+          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">