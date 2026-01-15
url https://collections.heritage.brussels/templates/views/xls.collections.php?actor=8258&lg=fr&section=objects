--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -259,120 +259,120 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1834 - 1844</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>52836</v>
+        <v>47049</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>La Maison du Roi en 1842</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul / Degobert, Pierre Joseph</t>
+          <t>Lauters, Paul / Daems, Pierre-Joseph / Degobert, Pierre Joseph</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1842 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>47049</v>
+        <v>52836</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>La Maison du Roi en 1842</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul / Daems, Pierre-Joseph / Degobert, Pierre Joseph</t>
+          <t>Lauters, Paul / Degobert, Pierre Joseph</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1842 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>