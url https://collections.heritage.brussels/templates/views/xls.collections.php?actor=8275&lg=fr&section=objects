--- v0 (2026-02-25)
+++ v1 (2026-02-25)
@@ -179,405 +179,405 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>48248</v>
+        <v>48242</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier à Bruxelles le 21 Septembre 1815 (Cortège)</t>
+          <t>L'inauguration de Guillaume Ier à Bruxelles : cortège</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Debucourt, Philibert-Louis / Le Roy, Pierre Jean Baptiste  / Van Bever, J.L.</t>
+          <t>Van Bever, J.L. / Le Roy, Pierre Jean Baptiste</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>48249</v>
+        <v>48243</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier à Bruxelles, le 21 Septembre 1815</t>
+          <t>L'inauguration de Guillaume  Ier</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Le Roy, Pierre Jean Baptiste  / Van Bever, J.L. / Gibèle, Johann Nepomuk</t>
+          <t>Van Bever, J.L. / Leroy, Denis Sebastien / Gibèle, Johann Nepomuk</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, matière colorante</t>
+          <t>papier, encre, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>48250</v>
+        <v>48244</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier à Bruxelles le 21 Septembre 1815. Cortège</t>
+          <t>L'inauguration de Guillaume Ier</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Le Roy, Pierre Jean Baptiste  / Debucourt, Philibert-Louis / Van Bever, J.L.</t>
+          <t>Le Roy, Pierre Jean Baptiste  / Gibèle, Johann Nepomuk / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>66391</v>
+        <v>48245</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier </t>
+          <t>L'inauguration de Guillaume Ier : Te Deum dans l'église des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>48242</v>
+        <v>48247</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier à Bruxelles : cortège</t>
+          <t>Inauguration de Guillaume Ier à Bruxelles le 21 Septembre 1815. Cortège</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Van Bever, J.L. / Le Roy, Pierre Jean Baptiste</t>
+          <t>Le Roy, Pierre Jean Baptiste  / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>48243</v>
+        <v>48248</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume  Ier</t>
+          <t>L'inauguration de Guillaume Ier à Bruxelles le 21 Septembre 1815 (Cortège)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Van Bever, J.L. / Leroy, Denis Sebastien / Gibèle, Johann Nepomuk</t>
+          <t>Debucourt, Philibert-Louis / Le Roy, Pierre Jean Baptiste  / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>48244</v>
+        <v>48249</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier</t>
+          <t>L'inauguration de Guillaume Ier à Bruxelles, le 21 Septembre 1815</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Le Roy, Pierre Jean Baptiste  / Gibèle, Johann Nepomuk / Van Bever, J.L.</t>
+          <t>Le Roy, Pierre Jean Baptiste  / Van Bever, J.L. / Gibèle, Johann Nepomuk</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, matière colorante</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>48245</v>
+        <v>48250</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier : Te Deum dans l'église des Saints-Michel-et-Gudule</t>
+          <t>L'inauguration de Guillaume Ier à Bruxelles le 21 Septembre 1815. Cortège</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Van Bever, J.L.</t>
+          <t>Le Roy, Pierre Jean Baptiste  / Debucourt, Philibert-Louis / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>48247</v>
+        <v>66391</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de Guillaume Ier à Bruxelles le 21 Septembre 1815. Cortège</t>
+          <t>L'inauguration de Guillaume Ier </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Le Roy, Pierre Jean Baptiste  / Van Bever, J.L.</t>
+          <t>Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>48256</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>La bataille de Waterloo</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1825 - 1826</t>