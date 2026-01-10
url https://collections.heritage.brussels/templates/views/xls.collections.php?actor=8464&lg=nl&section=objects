--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -939,165 +939,165 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>100826</v>
+        <v>50457</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>La rue des renards</t>
+          <t>Rue du Marché au Charbon</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>dessin, estampe, gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>cuivre, papier, encre, crayon</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, dessin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>50457</v>
+        <v>56326</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Rue du Marché au Charbon</t>
+          <t>Images de Bruxelles </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>estampe, dessin, lettre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre noire, cuivre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de gravure, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>56326</v>
+        <v>100826</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Images de Bruxelles </t>
+          <t>La rue des renards</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>estampe, dessin, lettre</t>
+          <t>dessin, estampe, gravure</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire, cuivre</t>
+          <t>cuivre, papier, encre, crayon</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique de dessin</t>
+          <t>eau-forte, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>79152</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Micheline.</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>