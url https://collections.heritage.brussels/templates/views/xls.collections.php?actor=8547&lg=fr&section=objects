--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,331 +179,331 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78835</v>
+        <v>79402</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Vieux (moulin) à Neerstalle.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79399</v>
+        <v>79403</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Couverture d'album de 6 eaux-fortes.</t>
+          <t>Intérieur à Calevoet.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>79400</v>
+        <v>78827</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle, Crépuscule</t>
+          <t>Le Liefkenhoeck</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2"/>
-      <c r="H4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>79401</v>
+        <v>78828</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Plein midi, Uccle.</t>
+          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>79402</v>
+        <v>78829</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Vieux (moulin) à Neerstalle.</t>
+          <t>Un coin du Kamerdelle à Uccle. Chaumière sous la neige</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>79403</v>
+        <v>78835</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Intérieur à Calevoet.</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>78827</v>
+        <v>79399</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le Liefkenhoeck</t>
+          <t>Couverture d'album de 6 eaux-fortes.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2"/>
-      <c r="H8" s="2"/>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>78828</v>
+        <v>79400</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
+          <t>Kamerdelle, Crépuscule</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H9" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>78829</v>
+        <v>79401</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Un coin du Kamerdelle à Uccle. Chaumière sous la neige</t>
+          <t>Plein midi, Uccle.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H10" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>78826</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Au Crabbegat, Uccle 1895</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>