--- v1 (2025-12-31)
+++ v2 (2026-02-25)
@@ -179,329 +179,345 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>79402</v>
+        <v>78827</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Vieux (moulin) à Neerstalle.</t>
+          <t>Le Liefkenhoeck</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2"/>
-      <c r="H2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79403</v>
+        <v>78828</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Intérieur à Calevoet.</t>
+          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>78827</v>
+        <v>78835</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le Liefkenhoeck</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2"/>
-      <c r="H4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>78828</v>
+        <v>79399</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
+          <t>Couverture d'album de 6 eaux-fortes.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H5" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>78829</v>
+        <v>79400</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Un coin du Kamerdelle à Uccle. Chaumière sous la neige</t>
+          <t>Kamerdelle, Crépuscule</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>78835</v>
+        <v>79401</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Plein midi, Uccle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
-      <c r="E7" s="2"/>
+      <c r="E7" s="2" t="inlineStr">
+        <is>
+          <t> - 1926</t>
+        </is>
+      </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>79399</v>
+        <v>79402</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Couverture d'album de 6 eaux-fortes.</t>
+          <t>Vieux (moulin) à Neerstalle.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>79400</v>
+        <v>79403</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle, Crépuscule</t>
+          <t>Intérieur à Calevoet.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>79401</v>
+        <v>78829</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Plein midi, Uccle.</t>
+          <t>Un coin du Kamerdelle à Uccle</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
-      <c r="E10" s="2"/>
+      <c r="E10" s="2" t="inlineStr">
+        <is>
+          <t>1877 - 1939</t>
+        </is>
+      </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>78826</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Au Crabbegat, Uccle 1895</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>