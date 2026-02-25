--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,307 +179,307 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>51628</v>
+        <v>51634</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Huit esquisses en terre cuite</t>
+          <t>Berger et agneau</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>51629</v>
+        <v>51635</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Ange et putto</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>51630</v>
+        <v>51636</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Etude de jeune femme</t>
+          <t>L'homme au lion</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>51632</v>
+        <v>51628</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Vénus et l'amour</t>
+          <t>Huit esquisses en terre cuite</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>51633</v>
+        <v>51629</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'enfant et le chat</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>51634</v>
+        <v>51630</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Berger et agneau</t>
+          <t>Etude de jeune femme</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>51635</v>
+        <v>51632</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Ange et putto</t>
+          <t>Vénus et l'amour</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>51636</v>
+        <v>51633</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>L'homme au lion</t>
+          <t>L'enfant et le chat</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Simonis, Eugène</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1825 - 1882</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>