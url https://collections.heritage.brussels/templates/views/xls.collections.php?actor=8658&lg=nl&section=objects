--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -439,116 +439,116 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1920 - 1963</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>51920</v>
+        <v>70380</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Buste de combattant</t>
+          <t>Aux officiers, sous-officiers, brigadiers et gendarmes morts pour la loi et la patrie</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Ixelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1921 - 1923</t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, fer</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>70380</v>
+        <v>51920</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Aux officiers, sous-officiers, brigadiers et gendarmes morts pour la loi et la patrie</t>
+          <t>Buste de combattant</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1921 - 1923</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>bronze, fer</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>51452</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Buste d'Emile Jacqmain</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>