--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,255 +179,255 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>52247</v>
+        <v>52249</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
+          <t>Le quai du Commerce</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>52248</v>
+        <v>52250</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le quai au Bois de Construction et le quai à la Houille</t>
+          <t>Le canal maritime et Bruxelles-port de mer</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>52249</v>
+        <v>52251</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le quai du Commerce</t>
+          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>52250</v>
+        <v>52252</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le canal maritime et Bruxelles-port de mer</t>
+          <t>Le bassin Vergote</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>52251</v>
+        <v>52247</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
+          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>52252</v>
+        <v>52248</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le bassin Vergote</t>
+          <t>Le quai au Bois de Construction et le quai à la Houille</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>