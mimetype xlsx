--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -179,251 +179,251 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>52269</v>
+        <v>52267</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Maison de maître de style baroque tardif, vers 1715</t>
+          <t>Façade à pignon à gradins du 16e siècle</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>52270</v>
+        <v>52268</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Façade néoclassique, première moitié du 19e siècle</t>
+          <t>Façades avec pignons à rampants chantournés, vers 1700</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
-      <c r="F3" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>52271</v>
+        <v>52269</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Façade Art Nouveau 1898</t>
+          <t>Maison de maître de style baroque tardif, vers 1715</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
-      <c r="F4" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>52272</v>
+        <v>52270</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Façade moderne du 21e siècle</t>
+          <t>Façade néoclassique, première moitié du 19e siècle</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>52267</v>
+        <v>52271</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Façade à pignon à gradins du 16e siècle</t>
+          <t>Façade Art Nouveau 1898</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
-      <c r="F6" s="2"/>
-[...1 lines deleted...]
-      <c r="H6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>52268</v>
+        <v>52272</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Façades avec pignons à rampants chantournés, vers 1700</t>
+          <t>Façade moderne du 21e siècle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
-      <c r="F7" s="2"/>
-[...1 lines deleted...]
-      <c r="H7" s="2"/>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G7" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>