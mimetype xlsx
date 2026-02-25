--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -415,365 +415,365 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56722</v>
+        <v>56935</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent</t>
+          <t>L'Echo des Cités - Grand format</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56733</v>
+        <v>56939</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent NL</t>
+          <t>L'Echo des Cités - Grand format NL</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56734</v>
+        <v>56722</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Erindringer om den evige nutid DK (Souvenirs de l'éternel présent)</t>
+          <t>Souvenirs de l'éternel présent</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56935</v>
+        <v>56733</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités - Grand format</t>
+          <t>Souvenirs de l'éternel présent NL</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56939</v>
+        <v>56734</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités - Grand format NL</t>
+          <t>Erindringer om den evige nutid DK (Souvenirs de l'éternel présent)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>56938</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Das Stadtecho - Großformat (L'Echo des Cités - Grand format)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>54554</v>
+        <v>62930</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Dessin original “Un Siècle Fiévreux - Jules Verne”</t>
+          <t>Taxandria</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Schréder, Etienne</t>
+          <t>Servais, Raoul / Schuiten, Francois / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>matière colorante, papier, crayon</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>62930</v>
+        <v>54554</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Taxandria</t>
+          <t>Dessin original “Un Siècle Fiévreux - Jules Verne”</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Servais, Raoul / Schuiten, Francois / Schréder, Etienne</t>
+          <t>Schréder, Etienne</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>matière colorante, papier, crayon</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>56739</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Memórias do Eterno Presente PT (Souvenirs de l'éternel présent)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
@@ -891,145 +891,145 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>56081</v>
+        <v>56837</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Vivre?</t>
+          <t>L'Echo des Cités NL</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Schréder, Etienne / Hervan, Cédric / Dubois, Jean-Marc / Duvivier, Marianne / Collin, Renaud / Manche, Cédric / De Radiguès, Max / Piot, Dimitri / Swysen, Bernard / De Moor, Johan / Zabus, Vincent / Löwenthal, Xavier / Renard, Romain</t>
+          <t>Peeters, Benoît / Schuiten, Francois / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>56826</v>
+        <v>56081</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités</t>
+          <t>Vivre?</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Schréder, Etienne / Hervan, Cédric / Dubois, Jean-Marc / Duvivier, Marianne / Collin, Renaud / Manche, Cédric / De Radiguès, Max / Piot, Dimitri / Swysen, Bernard / De Moor, Johan / Zabus, Vincent / Löwenthal, Xavier / Renard, Romain</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>56837</v>
+        <v>56826</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités NL</t>
+          <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>