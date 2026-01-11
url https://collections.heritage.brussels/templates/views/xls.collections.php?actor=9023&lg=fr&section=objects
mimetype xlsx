--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -219,205 +219,205 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine, cuir, soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106455</v>
+        <v>85443</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, cuir</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106457</v>
+        <v>85444</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et pantalon</t>
+          <t>Ensemble robe et haut</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, élasthane, viscose</t>
+          <t>cuir, cachemire, coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>drap, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>85443</v>
+        <v>106455</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>lin, coton, cuir</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>85444</v>
+        <v>106457</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et haut</t>
+          <t>Ensemble blouse et pantalon</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>cuir, cachemire, coton</t>
+          <t>soie, polyester, élasthane, viscose</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>drap, gaze, broderie</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>85446</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Ensemble débardeur et jupe</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Charles Jourdan</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
@@ -699,165 +699,165 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>85457</v>
+        <v>85455</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble veste, chemise et short</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>satin, mousseline</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>85455</v>
+        <v>85456</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, chemise et short</t>
+          <t>Ensemble blouson, haut et sous-vêtements</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / DIM</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>85456</v>
+        <v>85457</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson, haut et sous-vêtements</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / DIM</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie, cuir, métal</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>maille, satin</t>
+          <t>satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>85458</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
@@ -1135,241 +1135,241 @@
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>2007 - 2008</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>cachemire, soie, laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>drap, satin, toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>106473</v>
+        <v>85467</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, chemise et bermuda</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne, satin</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>85466</v>
+        <v>85468</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, robes</t>
+          <t>Ensemble cape, gilet, pull et bermuda</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / 3 SUISSES,  / Georges Morand</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
-[...2 lines deleted...]
-      <c r="F27" s="2"/>
+          <t>2008 - 2009</t>
+        </is>
+      </c>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <t>trois pièces</t>
+        </is>
+      </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie, cachemire</t>
+          <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, drap</t>
+          <t>sergé, maille, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>85467</v>
+        <v>106488</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
+          <t>laine, soie, résine</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>85468</v>
+        <v>106473</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cape, gilet, pull et bermuda</t>
+          <t>Ensemble haut, chemise et bermuda</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / 3 SUISSES,  / Georges Morand</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>sergé, maille, toile, satin</t>
+          <t>imprimé sur chaîne, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>106488</v>
+        <v>85466</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Ensemble manteau, robes</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
-[...6 lines deleted...]
-      </c>
+          <t>2008 - </t>
+        </is>
+      </c>
+      <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, résine</t>
+          <t>soie, cachemire</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>satin, peint, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>85469</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
@@ -1763,285 +1763,285 @@
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>laine, coton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>106062</v>
+        <v>54035</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>54035</v>
+        <v>85578</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>toile, maille, satin</t>
+          <t>satin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>85578</v>
+        <v>85580</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste, haut et pantacourt</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>satin, technique d'impression</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>85580</v>
+        <v>85582</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, haut et pantacourt</t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>viscose, polyester, élasthane, métal</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>sergé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>85582</v>
+        <v>85590</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester, élasthane, métal</t>
+          <t>fourrure, viscose, coton, polyester, élasthane</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>85590</v>
+        <v>106062</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>fourrure, viscose, coton, polyester, élasthane</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>106481</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2014 - 2015</t>
@@ -2439,365 +2439,365 @@
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>2017 - 2018</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>laine, polyamide (=nylon), coton, acétate, polyester</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>maille, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>85627</v>
+        <v>85622</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / MONOBI</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, viscose, polyamide (=nylon), lin</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>jersey, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>85676</v>
+        <v>85627</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / MONOBI</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2019</t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>85688</v>
+        <v>85676</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>cachemire, laine, polyamide (=nylon), coton, mouton</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>85622</v>
+        <v>85688</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, polyamide (=nylon), lin</t>
+          <t>cachemire, laine, polyamide (=nylon), coton, mouton</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>jersey, appliqué</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>85697</v>
+        <v>85450</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>viscose, cuir</t>
+          <t>cachemire</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>85698</v>
+        <v>85697</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet, haut et pantalon</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cachemire, élasthane</t>
+          <t>viscose, cuir</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, satin, sergé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>85702</v>
+        <v>85698</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble gilet, haut et pantalon</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>polyester, peinture</t>
+          <t>coton, soie, cachemire, élasthane</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>maille, jersey, satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>85450</v>
+        <v>85702</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>cachemire</t>
+          <t>polyester, peinture</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>