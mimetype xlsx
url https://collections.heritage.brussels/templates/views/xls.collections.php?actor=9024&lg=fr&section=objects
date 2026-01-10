--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -219,520 +219,520 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine, cuir, soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106455</v>
+        <v>85443</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, cuir</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106457</v>
+        <v>85444</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et pantalon</t>
+          <t>Ensemble robe et haut</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, élasthane, viscose</t>
+          <t>cuir, cachemire, coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>drap, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>85443</v>
+        <v>106455</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>lin, coton, cuir</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>85444</v>
+        <v>106457</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et haut</t>
+          <t>Ensemble blouse et pantalon</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>cuir, cachemire, coton</t>
+          <t>soie, polyester, élasthane, viscose</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>drap, gaze, broderie</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>85446</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Ensemble débardeur et jupe</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Charles Jourdan</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>coton, soie, cuir, polyester</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>toile, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>85451</v>
+        <v>73552</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, cuir</t>
+          <t>polyester, acétate, élasthane, coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>85452</v>
+        <v>74725</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, chemise et bermuda</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cachemire, coton, laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, drap</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>85453</v>
+        <v>85451</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>résine, soie</t>
+          <t>acétate, viscose, cuir</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, crêpe</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>85454</v>
+        <v>85452</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble manteau, chemise et bermuda</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Pelsemaeker, Jean-Marc</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cachemire, coton, laine, métal</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>toile, sérigraphié</t>
+          <t>sergé, toile, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56317</v>
+        <v>85453</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble combinaison et ceinture</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, cuir</t>
+          <t>résine, soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>satin, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>73552</v>
+        <v>85454</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Costume trois-pièces</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Pelsemaeker, Jean-Marc</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>polyester, acétate, élasthane, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>74725</v>
+        <v>56317</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Ensemble combinaison et ceinture</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>acétate, viscose, cuir</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>85455</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, chemise et short</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
@@ -1763,561 +1763,561 @@
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>laine, coton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>106062</v>
+        <v>85580</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste, haut et pantacourt</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>toile, maille, satin</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>54035</v>
+        <v>85582</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>viscose, polyester, élasthane, métal</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>toile, maille, satin</t>
+          <t>sergé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>85578</v>
+        <v>85590</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fourrure, viscose, coton, polyester, élasthane</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>satin, technique d'impression</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>85580</v>
+        <v>106062</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, haut et pantacourt</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>85582</v>
+        <v>54035</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester, élasthane, métal</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin</t>
+          <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>85590</v>
+        <v>85578</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>fourrure, viscose, coton, polyester, élasthane</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>satin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>106481</v>
+        <v>85603</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble haut et short</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2015</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon)</t>
-[...2 lines deleted...]
-      <c r="H48" s="2"/>
+          <t>coton, viscose, soie</t>
+        </is>
+      </c>
+      <c r="H48" s="2" t="inlineStr">
+        <is>
+          <t>satin, toile</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>85603</v>
+        <v>106481</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et short</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2015</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>laine, polyamide (=nylon)</t>
+        </is>
+      </c>
+      <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>85613</v>
+        <v>85611</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon), polyester, viscose, élasthane</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, sergé, toile</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>85614</v>
+        <v>85613</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, veste et pantalon</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine</t>
+          <t>coton, polyamide (=nylon), polyester, viscose, élasthane</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>dentelle mécanique, sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>85615</v>
+        <v>85614</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble manteau, veste et pantalon</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>cuir, laine</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>sergé, peint</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>106476</v>
+        <v>85615</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir, renard</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>sergé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>85611</v>
+        <v>106476</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, cuir, renard</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>85616</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Jupe</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>