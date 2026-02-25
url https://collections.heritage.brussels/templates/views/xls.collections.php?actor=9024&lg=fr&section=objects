--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -419,325 +419,325 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>coton, soie, cuir, polyester</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>toile, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>73552</v>
+        <v>74725</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Costume trois-pièces</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>polyester, acétate, élasthane, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>74725</v>
+        <v>85451</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>acétate, viscose, cuir</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>85451</v>
+        <v>85452</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Ensemble manteau, chemise et bermuda</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, cuir</t>
+          <t>cachemire, coton, laine, métal</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>sergé, toile, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>85452</v>
+        <v>85453</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, chemise et bermuda</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>cachemire, coton, laine, métal</t>
+          <t>résine, soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, drap</t>
+          <t>satin, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>85453</v>
+        <v>85454</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Pelsemaeker, Jean-Marc</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>résine, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, crêpe</t>
+          <t>toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>85454</v>
+        <v>56317</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble combinaison et ceinture</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Pelsemaeker, Jean-Marc</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>acétate, viscose, cuir</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>toile, sérigraphié</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>56317</v>
+        <v>73552</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Ensemble combinaison et ceinture</t>
+          <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, cuir</t>
+          <t>polyester, acétate, élasthane, coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>85455</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, chemise et short</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>