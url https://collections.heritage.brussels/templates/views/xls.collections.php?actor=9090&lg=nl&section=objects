--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -179,125 +179,125 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>54320</v>
+        <v>55761</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Pull col roulé</t>
+          <t>Écharpe </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>55761</v>
+        <v>54320</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Écharpe </t>
+          <t>Pull col roulé</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Sandrine Rombaux ,  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>95610</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1995 - 1999</t>
@@ -459,285 +459,285 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>55692</v>
+        <v>55694</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>sergé, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>55694</v>
+        <v>55695</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>sergé, tulle</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>55695</v>
+        <v>55697</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>55697</v>
+        <v>63124</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>63124</v>
+        <v>63128</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>63128</v>
+        <v>55692</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>55699</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Blouse asymétrique</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>