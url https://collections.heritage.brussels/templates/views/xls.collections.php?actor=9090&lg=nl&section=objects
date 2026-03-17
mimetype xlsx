--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -459,405 +459,405 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>55694</v>
+        <v>63124</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>sergé, tulle</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>55695</v>
+        <v>63128</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>55697</v>
+        <v>55692</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63124</v>
+        <v>55694</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>sergé, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>63128</v>
+        <v>55695</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>55692</v>
+        <v>55697</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>55699</v>
+        <v>55764</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Blouse asymétrique</t>
+          <t>Écharpe-collier</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>viscose, fibres synthétiques</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>crêpe, enduit, tricot</t>
+          <t>maille, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>55701</v>
+        <v>55699</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Blouse asymétrique</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>viscose, fibres synthétiques</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>crêpe, enduit, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>55764</v>
+        <v>55701</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Écharpe-collier</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>maille, velours</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>