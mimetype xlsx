--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -219,285 +219,285 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1886 - 1889</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>68772</v>
+        <v>68750</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Deux natures mortes, huile sur toile, 1888-1889.</t>
+          <t>Sander Pierron, Chaumière à Bodeghem Sint Martens, huile sur toile, 1888.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1888 - 1889</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>68750</v>
+        <v>68772</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Chaumière à Bodeghem Sint Martens, huile sur toile, 1888.</t>
+          <t>Sander Pierron, Deux natures mortes, huile sur toile, 1888-1889.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1888 - 1889</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>68757</v>
+        <v>68709</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Chaumière à Forest[-lez-Bruxelles], huile sur toile, 1889.</t>
+          <t>Sander Pierron, Venelle de l'orée sonienne à Auderghem, huile sur toile, 1889.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>68817</v>
+        <v>68748</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Vieille ferme à Forest, huile sur toile, 1889.</t>
+          <t>Sander Pierron, Mon frère, le peintre Adolphe Pierron, crayon sur papier, 1889.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>68709</v>
+        <v>68757</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Venelle de l'orée sonienne à Auderghem, huile sur toile, 1889.</t>
+          <t>Sander Pierron, Chaumière à Forest[-lez-Bruxelles], huile sur toile, 1889.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>68748</v>
+        <v>68817</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Mon frère, le peintre Adolphe Pierron, crayon sur papier, 1889.</t>
+          <t>Sander Pierron, Vieille ferme à Forest, huile sur toile, 1889.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>68742</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Sander Pierron, La Porte maréchale à Bruges, huile sur toile, 1890.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
@@ -1147,476 +1147,476 @@
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>68758</v>
+        <v>69115</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Le verger de la Cassine à Itterbeek, crayon de couleur sur papier, 1918.</t>
+          <t>Sander Pierron, Ma femme lisant au lit, crayon de couleur sur papier, 1918.</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, crayon de couleur</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>68824</v>
+        <v>68512</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Par dessus la haie de la Cassine (Itterbeek), crayon de couleur sur papier, 1918.</t>
+          <t>Sander Pierron, Faucheur dans le verger de la Cassine, crayon de couleur sur papier, 1918.</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, crayon de couleur</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>69115</v>
+        <v>68744</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Ma femme lisant au lit, crayon de couleur sur papier, 1918.</t>
+          <t>Sander Pierron, Par dessus la haie de la Cassine - ferme des Osiers, huile sur panneau de bois, 1918.</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon de couleur</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>68512</v>
+        <v>68758</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Faucheur dans le verger de la Cassine, crayon de couleur sur papier, 1918.</t>
+          <t>Sander Pierron, Le verger de la Cassine à Itterbeek, crayon de couleur sur papier, 1918.</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, crayon de couleur</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>68744</v>
+        <v>68824</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Par dessus la haie de la Cassine - ferme des Osiers, huile sur panneau de bois, 1918.</t>
+          <t>Sander Pierron, Par dessus la haie de la Cassine (Itterbeek), crayon de couleur sur papier, 1918.</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>papier, crayon de couleur</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>68753</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Sander Pierron, Souvenirs algériens, encre sur papier, 1936.</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>68751</v>
+        <v>68733</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Paysages soniens d'autrefois (A à H), crayon sur papier, s.d.</t>
+          <t>Sander Pierron, L'homme à l'enclumette (Odon Sterpin), crayon sur papier, s.d.</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, crayon de couleur</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>68768</v>
+        <v>68743</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Fleurs, huile sur toile, s.d.</t>
+          <t>Sander Pierron, Paysages soniens d'autrefois (six dessins), crayon sur papier, s.d.</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>68733</v>
+        <v>68747</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, L'homme à l'enclumette (Odon Sterpin), crayon sur papier, s.d.</t>
+          <t>Sander Pierron, Le verger de la Cassine - les foins, huile sur panneau de bois, s.d.</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon de couleur</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>68743</v>
+        <v>68751</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Paysages soniens d'autrefois (six dessins), crayon sur papier, s.d.</t>
+          <t>Sander Pierron, Paysages soniens d'autrefois (A à H), crayon sur papier, s.d.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H37" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H37" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>68747</v>
+        <v>68768</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Le verger de la Cassine - les foins, huile sur panneau de bois, s.d.</t>
+          <t>Sander Pierron, Fleurs, huile sur toile, s.d.</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>