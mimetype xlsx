--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,595 +179,595 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>63203</v>
+        <v>63189</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - La Route d'Armilia</t>
+          <t>Diapositives - La Tour</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>63204</v>
+        <v>63191</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Le Guide des Cités</t>
+          <t>Diapositives - Samaris Xysthos</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>63205</v>
+        <v>63193</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Calvani</t>
+          <t>Diapositives - Brüsel</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>63207</v>
+        <v>63198</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Transports présents et à venir </t>
+          <t>Diapositives - L'Echo des Cités</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>63237</v>
+        <v>63199</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Blossfledt</t>
+          <t>Diapositives - L'Archiviste</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>63239</v>
+        <v>63203</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Enfant Penchée</t>
+          <t>Diapositives - La Route d'Armilia</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>63242</v>
+        <v>63204</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Urbicande</t>
+          <t>Diapositives - Le Guide des Cités</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>63246</v>
+        <v>63205</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
+          <t>Diapositives - Calvani</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>63253</v>
+        <v>63207</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Paris Eiffel</t>
+          <t>Diapositives - Transports présents et à venir </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>63339</v>
+        <v>63237</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Quarxs</t>
+          <t>Diapositives - Blossfledt</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63182</v>
+        <v>63239</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Terres Creuses</t>
+          <t>Diapositives - L'Enfant Penchée</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>63189</v>
+        <v>63242</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - La Tour</t>
+          <t>Diapositives - Urbicande</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>63191</v>
+        <v>63246</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Samaris Xysthos</t>
+          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>63193</v>
+        <v>63253</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Brüsel</t>
+          <t>Diapositives - Paris Eiffel</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>63198</v>
+        <v>63339</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Echo des Cités</t>
+          <t>Diapositives - Quarxs</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>63199</v>
+        <v>63182</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Archiviste</t>
+          <t>Diapositives - Terres Creuses</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
@@ -1159,215 +1159,215 @@
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>54750</v>
+        <v>57365</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Fugues</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>56095</v>
+        <v>54750</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris NL</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>57365</v>
+        <v>56095</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Fugues</t>
+          <t>Les Murailles de Samaris NL</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>56455</v>
+        <v>56394</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Corazas (Carapaces)</t>
+          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>56394</v>
+        <v>56455</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
+          <t>Corazas (Carapaces)</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -1399,325 +1399,325 @@
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>54741</v>
+        <v>57366</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Prague</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>54769</v>
+        <v>57367</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Droit de regards</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>54774</v>
+        <v>54741</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>54778</v>
+        <v>54769</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, toile, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>56113</v>
+        <v>54774</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande NL</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>57366</v>
+        <v>54778</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Prague</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, toile, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57367</v>
+        <v>56113</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Droit de regards</t>
+          <t>La Fièvre d'Urbicande NL</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>56852</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Le Mystère d'Urbicande</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Smolderen, Thierry / De Brok, Régis / De La Barque, Robert Louis Marie</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
@@ -1839,2085 +1839,2085 @@
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>56373</v>
+        <v>63206</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>A Febre de Urbicanda (La Fièvre d'Urbicande)</t>
+          <t>Revue de presse - Expo Schuiten/Peeters</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, fibres synthétiques</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>54999</v>
+        <v>57370</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>La Tour</t>
+          <t>A la recherche du roman photo</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>55004</v>
+        <v>57190</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>La Tour - Rêves de pierres</t>
+          <t> Les Cités obscures. Expo Peeters Schuiten</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>55013</v>
+        <v>56358</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>La Tour</t>
+          <t>The Great walls of Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>56122</v>
+        <v>56373</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>La Tour NL</t>
+          <t>A Febre de Urbicanda (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>55023</v>
+        <v>54999</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>La Tour</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>56123</v>
+        <v>55004</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>La Tour NL</t>
+          <t>La Tour - Rêves de pierres</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>56358</v>
+        <v>55013</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>The Great walls of Samaris (Les Murailles de Samaris)</t>
+          <t>La Tour</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>63206</v>
+        <v>56122</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Revue de presse - Expo Schuiten/Peeters</t>
+          <t>La Tour NL</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, fibres synthétiques</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>57370</v>
+        <v>55023</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>A la recherche du roman photo</t>
+          <t>La Tour</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>57190</v>
+        <v>56123</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t> Les Cités obscures. Expo Peeters Schuiten</t>
+          <t>La Tour NL</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>56922</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>L'Archiviste - Grand format</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>56540</v>
+        <v>56545</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Uro i Urbicande (La Fièvre d'Urbicande)</t>
+          <t>Menara (La Tour)</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>56541</v>
+        <v>56540</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Tårnet (La Tour)</t>
+          <t>Uro i Urbicande (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>56545</v>
+        <v>56541</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Menara (La Tour)</t>
+          <t>Tårnet (La Tour)</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>54753</v>
+        <v>63337</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier photographique, encre, papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>54756</v>
+        <v>57226</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t> Amiens : espaces nouveaux</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>carton d'invitation</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>56117</v>
+        <v>57228</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande NL</t>
+          <t> L’enfant de Phoebus</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Desbois, Christian</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>63337</v>
+        <v>54753</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>57226</v>
+        <v>54756</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t> Amiens : espaces nouveaux</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>carton d'invitation</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>57228</v>
+        <v>56117</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t> L’enfant de Phoebus</t>
+          <t>La Fièvre d'Urbicande NL</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Desbois, Christian</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>56612</v>
+        <v>56765</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t>La Route d'Armilia</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>56614</v>
+        <v>56775</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t>La Route d'Armilia NL</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>56765</v>
+        <v>56778</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia</t>
+          <t>La Route d'Armilia NL</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>56775</v>
+        <v>56858</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia NL</t>
+          <t>L'Encyclopédie des transports présents et à venir</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Wappendorf, Axel</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre, coton</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>56778</v>
+        <v>56612</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia NL</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>56537</v>
+        <v>56614</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Murene i Samaris (Les Murailles de Samaris)</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>56858</v>
+        <v>56537</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>L'Encyclopédie des transports présents et à venir</t>
+          <t>Murene i Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Wappendorf, Axel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, coton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>56376</v>
+        <v>57350</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>A Torre (La Tour)</t>
+          <t>Paul Valéry. Une vie d'écrivain?</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>57350</v>
+        <v>62754</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Paul Valéry. Une vie d'écrivain?</t>
+          <t>Duistere Steden</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>62754</v>
+        <v>62398</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Duistere Steden</t>
+          <t>Livre d'Or Cités Obscures NL</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>fer, papier, carton</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>62398</v>
+        <v>56376</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Cités Obscures NL</t>
+          <t>A Torre (La Tour)</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>fer, papier, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>56599</v>
+        <v>56998</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
+          <t>1936 - Dernières nouvelles</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Collectif,  / Schréder, Etienne / Goffin, Alain / Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>56607</v>
+        <v>56599</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>56998</v>
+        <v>56607</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>1936 - Dernières nouvelles</t>
+          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schréder, Etienne / Goffin, Alain / Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>57257</v>
+        <v>57079</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t> Le musée des ombres</t>
+          <t>La Bibliothèque de Villers</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>art graphique, autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>57270</v>
+        <v>62524</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>François Schuiten - Benoit Peeters</t>
+          <t>Le Musée A.Desombres</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Genicot, Thierry</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, matière plastique</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>57079</v>
+        <v>57257</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>La Bibliothèque de Villers</t>
+          <t> Le musée des ombres</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique, autre document imprimé</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>62524</v>
+        <v>57270</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Le Musée A.Desombres</t>
+          <t>François Schuiten - Benoit Peeters</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Genicot, Thierry</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, matière plastique</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>56425</v>
+        <v>56923</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Las Tierras huecas : Zara (Les Terres Creuses : Zara)</t>
+          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>56923</v>
+        <v>56766</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
+          <t>La Route d'Armilia</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>56766</v>
+        <v>56932</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia</t>
+          <t>Arkivaren - Stort format (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>56932</v>
+        <v>56584</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Arkivaren - Stort format (L'Archiviste - Grand format)</t>
+          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>56584</v>
+        <v>56425</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
+          <t>Las Tierras huecas : Zara (Les Terres Creuses : Zara)</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>56101</v>
+        <v>62723</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>QUARXS</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>56316</v>
+        <v>62364</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Dolores NL</t>
+          <t>Un Soir au Musée des Ombres</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Baltus, Anne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>62723</v>
+        <v>57082</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>QUARXS</t>
+          <t>Case, planche, récit. Comment lire une bande dessinée</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>62364</v>
+        <v>62407</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Un Soir au Musée des Ombres</t>
+          <t>Livre d'Or Le Musée des Ombres</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>57082</v>
+        <v>57114</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Case, planche, récit. Comment lire une bande dessinée</t>
+          <t>Le Monde d'Hergé</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>62407</v>
+        <v>56316</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Le Musée des Ombres</t>
+          <t>Dolores NL</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Baltus, Anne</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>57114</v>
+        <v>56101</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Le Monde d'Hergé</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
         <v>56930</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>El Archivista - Formato grande (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
@@ -4039,615 +4039,615 @@
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>56078</v>
+        <v>57399</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Plagiat!</t>
+          <t>DE VROUW</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Goffin, Alain</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Gilles, Ziller</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>54780</v>
+        <v>62852</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Planche 29 Brüsel</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>54782</v>
+        <v>56078</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Plagiat!</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Goffin, Alain</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>55042</v>
+        <v>54780</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>56125</v>
+        <v>54782</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Brüsel NL</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>55052</v>
+        <v>55042</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Brüsel</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>57399</v>
+        <v>56125</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>DE VROUW</t>
+          <t>Brüsel NL</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Gilles, Ziller</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>62852</v>
+        <v>55052</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Planche 29 Brüsel</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>56622</v>
+        <v>56780</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Brüsel DE</t>
+          <t>Der Weg nach Armilia (La Route d'Armilia)</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>56780</v>
+        <v>56782</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Der Weg nach Armilia (La Route d'Armilia)</t>
+          <t>Der Weg nach Armilia - luxe (La Route d'Armilia - luxe)</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>56782</v>
+        <v>57067</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Der Weg nach Armilia - luxe (La Route d'Armilia - luxe)</t>
+          <t>Hitchcock. Le travail du film</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>56551</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Dolores DE</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>57067</v>
+        <v>56580</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Hitchcock. Le travail du film</t>
+          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>56580</v>
+        <v>56404</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
+          <t>Brüsel ES</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>56404</v>
+        <v>56622</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Brüsel ES</t>
+          <t>Brüsel DE</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -4719,795 +4719,795 @@
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>56722</v>
+        <v>56924</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent</t>
+          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>56733</v>
+        <v>56935</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent NL</t>
+          <t>L'Echo des Cités - Grand format</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>56734</v>
+        <v>56939</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Erindringer om den evige nutid DK (Souvenirs de l'éternel présent)</t>
+          <t>L'Echo des Cités - Grand format NL</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>56620</v>
+        <v>56986</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Brüsel DE - édition de luxe</t>
+          <t> Titre de passage vers les Cités Obscures. Porte de Hal - Porte d’Uqbar</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>56924</v>
+        <v>56722</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
+          <t>Souvenirs de l'éternel présent</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>56935</v>
+        <v>56733</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités - Grand format</t>
+          <t>Souvenirs de l'éternel présent NL</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>56939</v>
+        <v>56734</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités - Grand format NL</t>
+          <t>Erindringer om den evige nutid DK (Souvenirs de l'éternel présent)</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>56377</v>
+        <v>56620</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Brüsel PT</t>
+          <t>Brüsel DE - édition de luxe</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>56986</v>
+        <v>56377</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. Porte de Hal - Porte d’Uqbar</t>
+          <t>Brüsel PT</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>57343</v>
+        <v>57395</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Les Métamorphoses de Nadar</t>
+          <t>D’Urbicande à Bruxelles. Voyage dans les Cités obscures</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>carton d'invitation</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>57395</v>
+        <v>57085</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>D’Urbicande à Bruxelles. Voyage dans les Cités obscures</t>
+          <t>Töpffer. L’invention de la bande dessinée</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Groensteen, Thierry</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>carton d'invitation</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>57085</v>
+        <v>57086</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Töpffer. L’invention de la bande dessinée</t>
+          <t> Les Rouages de la nuit</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Groensteen, Thierry</t>
+          <t>Peeters, Benoît / Willems, Sandrine  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, matière plastique</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>57086</v>
+        <v>57343</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t> Les Rouages de la nuit</t>
+          <t>Les Métamorphoses de Nadar</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Willems, Sandrine  / Schuiten, Francois</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>56613</v>
+        <v>56938</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t>Das Stadtecho - Großformat (L'Echo des Cités - Grand format)</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>56938</v>
+        <v>56984</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Das Stadtecho - Großformat (L'Echo des Cités - Grand format)</t>
+          <t> Titre de passage vers les Cités Obscures. De Félix Nadar à Michel Ardan</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>56984</v>
+        <v>57009</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. De Félix Nadar à Michel Ardan</t>
+          <t> Titre de passage vers les Cités Obscures. Des voyages extraordinaires aux Cités obscures</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>57009</v>
+        <v>57011</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. Des voyages extraordinaires aux Cités obscures</t>
+          <t> Titre de passage vers les Cités Obscures. Des Arts et Métiers aux Portes d’Armilia</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>57011</v>
+        <v>56866</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. Des Arts et Métiers aux Portes d’Armilia</t>
+          <t>Arts et Métiers - Direction Mairie des Lilas</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>56866</v>
+        <v>56613</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Arts et Métiers - Direction Mairie des Lilas</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
         <v>62716</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
           <t>Benoît Peeters DVD 31+32+33+34 1995</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -5599,671 +5599,671 @@
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>55064</v>
+        <v>63338</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, papier photographique, encre</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>56130</v>
+        <v>62714</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée NL</t>
+          <t>Benoît Peeters DVD 27+28 1991 à 1996</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>56131</v>
+        <v>62718</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée - Edition luxe NL</t>
+          <t>Benoît Peeters DVD 36 1987 à 1996</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>55705</v>
+        <v>57557</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée</t>
+          <t> Trois pages retrouvées</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>55710</v>
+        <v>62278</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée</t>
+          <t>L’Echo des Cités. Le Retour de l’Enfant penchée</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>63338</v>
+        <v>62401</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>Livre d'Or Architecture Rêvées</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier, papier photographique, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>62714</v>
+        <v>56130</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 27+28 1991 à 1996</t>
+          <t>L'Enfant penchée NL</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>62718</v>
+        <v>56131</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 36 1987 à 1996</t>
+          <t>L'Enfant penchée - Edition luxe NL</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>carton, papier, encre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>57557</v>
+        <v>55705</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t> Trois pages retrouvées</t>
+          <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>62278</v>
+        <v>55710</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>L’Echo des Cités. Le Retour de l’Enfant penchée</t>
+          <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>62401</v>
+        <v>55064</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Architecture Rêvées</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H150" s="2"/>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
+      <c r="H150" s="2" t="inlineStr">
+        <is>
+          <t>dessin, technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>56625</v>
+        <v>56842</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Mary DE (L'Enfant penchée)</t>
+          <t>Mary la Penchée NL</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>56627</v>
+        <v>56869</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Mary DE (L'Enfant penchée)</t>
+          <t>L'Aventure des images. De la bande dessinée au multimédia</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>56842</v>
+        <v>56891</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Mary la Penchée NL</t>
+          <t>Le Guide des Cités</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>56869</v>
+        <v>56625</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>L'Aventure des images. De la bande dessinée au multimédia</t>
+          <t>Mary DE (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>56891</v>
+        <v>56627</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités</t>
+          <t>Mary DE (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>55071</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Brüsel</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -6315,645 +6315,645 @@
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>56653</v>
+        <v>56848</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t> A la découverte des Cités Obscures. Conférence-fiction</t>
+          <t>De la Maison Autrique à la maison imaginaire</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>56910</v>
+        <v>56653</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Führer durch die Geheimnisvollen Städte (Le Guide des Cités)</t>
+          <t> A la découverte des Cités Obscures. Conférence-fiction</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>56739</v>
+        <v>56910</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Memórias do Eterno Presente PT (Souvenirs de l'éternel présent)</t>
+          <t>Führer durch die Geheimnisvollen Städte (Le Guide des Cités)</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>56848</v>
+        <v>56739</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>De la Maison Autrique à la maison imaginaire</t>
+          <t>Memórias do Eterno Presente PT (Souvenirs de l'éternel présent)</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>56124</v>
+        <v>62715</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>La Tour NL</t>
+          <t>Benoît Peeters DVD 29+30 1994 à 1998</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>62715</v>
+        <v>57088</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 29+30 1994 à 1998</t>
+          <t>Case, planche, récit. Comment lire une bande dessinée</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>57088</v>
+        <v>56124</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Case, planche, récit. Comment lire une bande dessinée</t>
+          <t>La Tour NL</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>56897</v>
+        <v>56851</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités NL</t>
+          <t>From the house of Autrique to the house of imagination EN &amp; NL (De la Maison Autrique à la maison imaginaire)</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>56851</v>
+        <v>56897</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>From the house of Autrique to the house of imagination EN &amp; NL (De la Maison Autrique à la maison imaginaire)</t>
+          <t>Le Guide des Cités NL</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>56134</v>
+        <v>62697</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme NL</t>
+          <t>Esquisses - L’Ombre d’un homme</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>55717</v>
+        <v>62383</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme</t>
+          <t>Les Cités obscures. François Schuiten Benoit Peeters</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>carton d'invitation</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>55724</v>
+        <v>62515</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme</t>
+          <t>L'Ombre du réseau </t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Alok, Nandi</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, matière plastique</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>62697</v>
+        <v>56134</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Esquisses - L’Ombre d’un homme</t>
+          <t>L'Ombre d'un homme NL</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>62383</v>
+        <v>55717</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Les Cités obscures. François Schuiten Benoit Peeters</t>
+          <t>L'Ombre d'un homme</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>carton d'invitation</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>62515</v>
+        <v>55724</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre du réseau </t>
+          <t>L'Ombre d'un homme</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Alok, Nandi</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
         <v>56380</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
           <t>A Menina inclinada (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
@@ -7035,195 +7035,195 @@
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>56758</v>
+        <v>56772</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>L'Archiviste NL</t>
+          <t>La Route d'Armilia NL</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>56629</v>
+        <v>56798</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Der Schattenmann (L'Ombre d'un homme)</t>
+          <t>Voyages en Utopie </t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Plissart, Marie-Francoise / Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>56772</v>
+        <v>56758</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia NL</t>
+          <t>L'Archiviste NL</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>56798</v>
+        <v>56629</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Voyages en Utopie </t>
+          <t>Der Schattenmann (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise / Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
         <v>56381</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>A Sombra de um homen (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -7235,675 +7235,675 @@
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>55729</v>
+        <v>57556</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>L'Etrange cas du docteur Abraham</t>
+          <t>L’Affaire Desombres</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, toile</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>57556</v>
+        <v>62520</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>L’Affaire Desombres</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, toile</t>
+          <t>carton, papier, matière plastique</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>62520</v>
+        <v>55729</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>L'Etrange cas du docteur Abraham</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>56747</v>
+        <v>56799</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>El Archivista ES (L'Archiviste)</t>
+          <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>56799</v>
+        <v>56747</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités</t>
+          <t>El Archivista ES (L'Archiviste)</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>55737</v>
+        <v>62955</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible - Tome 1</t>
+          <t>Votez pour Bruxelles et l’Europe !</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>62955</v>
+        <v>57586</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Votez pour Bruxelles et l’Europe !</t>
+          <t>La Frontière Invisible</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>autre document imprimé, art graphique</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>62561</v>
+        <v>62523</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>La Frontière invisible. Tome 1</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Desombres, Augustin</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, matière plastique, encre</t>
+          <t>carton, matière plastique, papier</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>57586</v>
+        <v>62561</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Desombres, Augustin</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé, art graphique</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>62523</v>
+        <v>55737</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible. Tome 1</t>
+          <t>La Frontière invisible - Tome 1</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>56893</v>
+        <v>56846</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités</t>
+          <t>Mary la Penchée</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>56418</v>
+        <v>56893</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>La Frontera invisible - volumen 1 (La Frontière invisible - Tome 1)</t>
+          <t>Le Guide des Cités</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>56631</v>
+        <v>56418</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Jenseits der Grenze - Band 1 (La Frontière invisible - Tome 1)</t>
+          <t>La Frontera invisible - volumen 1 (La Frontière invisible - Tome 1)</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>56492</v>
+        <v>56631</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Le Mura di Samaris IT (Les Murailles de Samaris)</t>
+          <t>Jenseits der Grenze - Band 1 (La Frontière invisible - Tome 1)</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>56382</v>
+        <v>56492</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>A Fronteira invisível (La Frontière invisible)</t>
+          <t>Le Mura di Samaris IT (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>56846</v>
+        <v>56382</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Mary la Penchée</t>
+          <t>A Fronteira invisível (La Frontière invisible)</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
         <v>62973</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Le Théâtre des images</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -8075,365 +8075,365 @@
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>55742</v>
+        <v>62717</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible - Coffret intégral</t>
+          <t>Benoît Peeters DVD 35+... 2001 à 2004</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>55747</v>
+        <v>62376</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible - luxe</t>
+          <t>Coffret Schuiten "Le Livre Voyage"</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>cartes géographique, autre document imprimé</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, toile</t>
+          <t>papier, carton</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>56135</v>
+        <v>62395</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible - Tome 2 NL</t>
+          <t>Livre d'Or Les Portes de l'Utopie NL</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, matière plastique</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>56137</v>
+        <v>57094</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible - Coffret NL</t>
+          <t>L'Archipel Tintin</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Algoud, Albert / Sterckx, Pierre / Peeters, Benoît / Cerbelaud, Dominique / Apostolidès, Jean-Marie</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>62717</v>
+        <v>56135</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 35+... 2001 à 2004</t>
+          <t>La Frontière Invisible - Tome 2 NL</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>62376</v>
+        <v>56137</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Coffret Schuiten "Le Livre Voyage"</t>
+          <t>La Frontière invisible - Coffret NL</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique, autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>papier, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>62395</v>
+        <v>55742</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Les Portes de l'Utopie NL</t>
+          <t>La Frontière Invisible - Coffret intégral</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>57094</v>
+        <v>55747</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>L'Archipel Tintin</t>
+          <t>La Frontière Invisible - luxe</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Algoud, Albert / Sterckx, Pierre / Peeters, Benoît / Cerbelaud, Dominique / Apostolidès, Jean-Marie</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, toile</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>56911</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>The Book of Schuiten </t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
@@ -8515,375 +8515,375 @@
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>56502</v>
+        <v>56958</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>La Bambina che pende (L'Enfant penchée)</t>
+          <t> Un Rocher habité</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>56958</v>
+        <v>56959</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t> Un Rocher habité</t>
+          <t>Elastoball : le choc de la mixité</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>56959</v>
+        <v>56960</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Elastoball : le choc de la mixité</t>
+          <t> Les pièges de l’immortalité</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>56960</v>
+        <v>56963</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t> Les pièges de l’immortalité</t>
+          <t>Le défi de Bialystok : une gare au coeur de la plus grande forêt d’Europe</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>56963</v>
+        <v>56968</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Le défi de Bialystok : une gare au coeur de la plus grande forêt d’Europe</t>
+          <t>Le Bambou transgénique : une rechute inexplicable</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>56968</v>
+        <v>56969</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Le Bambou transgénique : une rechute inexplicable</t>
+          <t>Une nouvelle centralité</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>56969</v>
+        <v>56544</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Une nouvelle centralité</t>
+          <t>La Frontière invisible CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>56544</v>
+        <v>56409</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible CN (caractères chinois)</t>
+          <t>La Chica inclinada (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>56409</v>
+        <v>56502</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>La Chica inclinada (L'Enfant penchée)</t>
+          <t>La Bambina che pende (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -8915,835 +8915,835 @@
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>54759</v>
+        <v>62559</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Le Dossier B</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Leguebe, Wilbur</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
         <v>55712</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
           <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>62559</v>
+        <v>54759</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Le Dossier B</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Leguebe, Wilbur</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>55758</v>
+        <v>55089</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - coffret</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>55966</v>
+        <v>56138</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - Tome 2</t>
+          <t>La Théorie du grain de sable - Tome 2 NL</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>55033</v>
+        <v>56140</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>La Tour</t>
+          <t>La Théorie du grain de sable - coffret NL</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>56127</v>
+        <v>55758</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Brüsel NL</t>
+          <t>La Théorie du grain de sable - coffret</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>55089</v>
+        <v>55966</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>La Théorie du grain de sable - Tome 2</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>56138</v>
+        <v>55033</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - Tome 2 NL</t>
+          <t>La Tour</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>56140</v>
+        <v>56127</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - coffret NL</t>
+          <t>Brüsel NL</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>56475</v>
+        <v>56879</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>La Tour (caractères chinois)</t>
+          <t>L'Atelier de Schuiten et Peeters</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, métal, toile</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
         <v>56546</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
           <t>Mury Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>56879</v>
+        <v>56475</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>L'Atelier de Schuiten et Peeters</t>
+          <t>La Tour (caractères chinois)</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, métal, toile</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>55974</v>
+        <v>56141</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent</t>
+          <t>Souvenirs de l'éternel présent NL</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>56092</v>
+        <v>55726</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable</t>
+          <t>L'Ombre d'un homme</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, papier, encre</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>56141</v>
+        <v>55974</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent NL</t>
+          <t>Souvenirs de l'éternel présent</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>55726</v>
+        <v>56092</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme</t>
+          <t>La Théorie du grain de sable</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>56745</v>
+        <v>56769</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>L'Archiviste</t>
+          <t>La Route d'Armilia et autres légendes du monde obscur</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>56477</v>
+        <v>56745</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme CN (caractères chinois)</t>
+          <t>L'Archiviste</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>56769</v>
+        <v>56477</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia et autres légendes du monde obscur</t>
+          <t>L'Ombre d'un homme CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
         <v>56383</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
           <t>A Teoria do grão de areia 1 (La Théorie du grain de sable - Tome 1)</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -9755,675 +9755,675 @@
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>55714</v>
+        <v>57620</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée</t>
+          <t>(Re)découvrir les Cités obscures</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>57620</v>
+        <v>55714</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>(Re)découvrir les Cités obscures</t>
+          <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>56484</v>
+        <v>56826</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande KR (caractères coréens)</t>
+          <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>56487</v>
+        <v>56837</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée KR (caractères coréens)</t>
+          <t>L'Echo des Cités NL</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>56488</v>
+        <v>56634</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme KR (caractères coréens)</t>
+          <t>Die Sandkorn Theorie (La Théorie du grain de sable)</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>56489</v>
+        <v>56484</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible KR (caractères coréens)</t>
+          <t>La Fièvre d'Urbicande KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>56826</v>
+        <v>56487</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités</t>
+          <t>L'Enfant penchée KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>56837</v>
+        <v>56488</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités NL</t>
+          <t>L'Ombre d'un homme KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>56389</v>
+        <v>56489</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>A Teoria do grão de areia 2 (La Théorie du grain de sable - Tome 2)</t>
+          <t>La Frontière invisible KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>56542</v>
+        <v>56389</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Sandkorns-teorien (La Théorie du grain de sable)</t>
+          <t>A Teoria do grão de areia 2 (La Théorie du grain de sable - Tome 2)</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>56634</v>
+        <v>56542</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Die Sandkorn Theorie (La Théorie du grain de sable)</t>
+          <t>Sandkorns-teorien (La Théorie du grain de sable)</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
         <v>62748</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t> Selon Benoît Peeters, au loin s’en vont les images</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>56895</v>
+        <v>56788</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités</t>
+          <t>Putovanje u Armiliju (La Route d'Armilia)</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>56898</v>
+        <v>56895</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités NL</t>
+          <t>Le Guide des Cités</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>56500</v>
+        <v>56898</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Brüsel IT</t>
+          <t>Le Guide des Cités NL</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>56788</v>
+        <v>56500</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Putovanje u Armiliju (La Route d'Armilia)</t>
+          <t>Brüsel IT</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
         <v>56390</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
           <t>Urbikandska groznica (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -10515,95 +10515,95 @@
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>56633</v>
+        <v>56548</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Jenseits der Grenze (La Frontière invisible)</t>
+          <t>Kaunokainem (La Douce)</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>56548</v>
+        <v>56633</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Kaunokainem (La Douce)</t>
+          <t>Jenseits der Grenze (La Frontière invisible)</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -10795,1195 +10795,1195 @@
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>56617</v>
+        <v>56883</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t>Le Temps des Cités</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>56919</v>
+        <v>56889</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - L'Exposition</t>
+          <t>Le Temps des Cités NL</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, coton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>56391</v>
+        <v>56919</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Brüsel HR</t>
+          <t>Revoir Paris - L'Exposition</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, coton</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>56392</v>
+        <v>56391</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Nagnuto dijete (L'Enfant penchée)</t>
+          <t>Brüsel HR</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>56393</v>
+        <v>56392</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Sjena jednog čovjeka (L'Ombre d'un homme)</t>
+          <t>Nagnuto dijete (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>56883</v>
+        <v>56393</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Le Temps des Cités</t>
+          <t>Sjena jednog čovjeka (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>56889</v>
+        <v>56617</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Le Temps des Cités NL</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
         <v>62548</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
           <t>Revue de presse. Exposition Schuiten-Peeters. Revoir Paris. Cité de l’architecture et du patrimoine</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>objet de communication</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>56412</v>
+        <v>56790</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>La Chica inclinada (L'Enfant penchée)</t>
+          <t>La Ruta de Armilia y otras leyendas de las ciudades oscuras (La Route d'Armilia et autres légendes du monde obscur)</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>56422</v>
+        <v>56635</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Volver a París 1 (Revoir Paris - Tome 1)</t>
+          <t>Nach Paris (Revoir Paris)</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>56423</v>
+        <v>56395</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Volver a París 2 (Revoir Paris - Tome 2)</t>
+          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>56468</v>
+        <v>56398</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris CN (caractères chinois)</t>
+          <t>La Fiebre de Urbicande (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>56630</v>
+        <v>56401</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Licht und Schatten (L'Ombre d'un homme)</t>
+          <t>La Torre (La Tour)</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>56790</v>
+        <v>56587</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>La Ruta de Armilia y otras leyendas de las ciudades oscuras (La Route d'Armilia et autres légendes du monde obscur)</t>
+          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>56505</v>
+        <v>56405</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Rivedere Parigi 1 (Revoir Paris - Tome 1)</t>
+          <t>Brüsel ES</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>56395</v>
+        <v>56412</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
+          <t>La Chica inclinada (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>56398</v>
+        <v>56422</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>La Fiebre de Urbicande (La Fièvre d'Urbicande)</t>
+          <t>Volver a París 1 (Revoir Paris - Tome 1)</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>56401</v>
+        <v>56423</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>La Torre (La Tour)</t>
+          <t>Volver a París 2 (Revoir Paris - Tome 2)</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>56587</v>
+        <v>56468</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
+          <t>Les Murailles de Samaris CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>56405</v>
+        <v>56630</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Brüsel ES</t>
+          <t>Licht und Schatten (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>56635</v>
+        <v>56505</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Nach Paris (Revoir Paris)</t>
+          <t>Rivedere Parigi 1 (Revoir Paris - Tome 1)</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>56371</v>
+        <v>56275</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>The Theory of the grain of sand (La Théorie du grain de sable)</t>
+          <t>Revoir Paris - Tome 2 La Nuit des constellations NL</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>55979</v>
+        <v>56371</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - Tome 1 Utopiomane</t>
+          <t>The Theory of the grain of sand (La Théorie du grain de sable)</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>55980</v>
+        <v>55979</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - Tome 2 La Nuit des constellations</t>
+          <t>Revoir Paris - Tome 1 Utopiomane</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>56091</v>
+        <v>55980</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>Revoir Paris - Tome 2 La Nuit des constellations</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, lin, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>56275</v>
+        <v>56091</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - Tome 2 La Nuit des constellations NL</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, lin, encre</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
         <v>56912</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
           <t>The Book of Schuiten (caractères chinois)</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>56472</v>
+        <v>56913</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Brüsel CN (caractères chinois)</t>
+          <t>Machines à dessiner</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>56913</v>
+        <v>56472</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Machines à dessiner</t>
+          <t>Brüsel CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
         <v>56509</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
           <t>Rivedere Parigi - La Notte delle costellazioni 2 (Revoir Paris - La Nuit des constellations 2)</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>