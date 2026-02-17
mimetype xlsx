--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -179,900 +179,900 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>63189</v>
+        <v>63207</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - La Tour</t>
+          <t>Diapositives - Transports présents et à venir </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>63191</v>
+        <v>63237</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Samaris Xysthos</t>
+          <t>Diapositives - Blossfledt</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>63193</v>
+        <v>63239</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Brüsel</t>
+          <t>Diapositives - L'Enfant Penchée</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>63198</v>
+        <v>63242</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Echo des Cités</t>
+          <t>Diapositives - Urbicande</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>63199</v>
+        <v>63246</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Archiviste</t>
+          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>63203</v>
+        <v>63253</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - La Route d'Armilia</t>
+          <t>Diapositives - Paris Eiffel</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>63204</v>
+        <v>63339</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Le Guide des Cités</t>
+          <t>Diapositives - Quarxs</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>63205</v>
+        <v>63182</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Calvani</t>
+          <t>Diapositives - Terres Creuses</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>63207</v>
+        <v>63189</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Transports présents et à venir </t>
+          <t>Diapositives - La Tour</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>63237</v>
+        <v>63191</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Blossfledt</t>
+          <t>Diapositives - Samaris Xysthos</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63239</v>
+        <v>63193</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Enfant Penchée</t>
+          <t>Diapositives - Brüsel</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>63242</v>
+        <v>63198</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Urbicande</t>
+          <t>Diapositives - L'Echo des Cités</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>63246</v>
+        <v>63199</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
+          <t>Diapositives - L'Archiviste</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>63253</v>
+        <v>63203</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Paris Eiffel</t>
+          <t>Diapositives - La Route d'Armilia</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>63339</v>
+        <v>63204</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Quarxs</t>
+          <t>Diapositives - Le Guide des Cités</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>63182</v>
+        <v>63205</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Terres Creuses</t>
+          <t>Diapositives - Calvani</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>57379</v>
+        <v>62472</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>L'Aventure des images KO (caractères coréens)</t>
+          <t>Urbicande - Opéra en six tableaux</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Denis, Didier</t>
         </is>
       </c>
       <c r="E18" s="2"/>
-      <c r="F18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>62849</v>
+        <v>57379</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les Cités Obscures - Schuiten-Peeters - Les murailles de Samaris</t>
+          <t>L'Aventure des images KO (caractères coréens)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>62881</v>
+        <v>62849</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t> Reise-Tagebuch</t>
+          <t>Les Cités Obscures - Schuiten-Peeters - Les murailles de Samaris</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Smolderen, Thierry</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>62265</v>
+        <v>62881</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Das Geheimnis von Urbicande</t>
+          <t> Reise-Tagebuch</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Smolderen, Thierry</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>62277</v>
+        <v>62265</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Urbicande Opera</t>
+          <t>Das Geheimnis von Urbicande</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Denis, Didier</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Smolderen, Thierry</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, fibres synthétiques</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>62373</v>
+        <v>62277</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Album photo de Mary von Rathen</t>
+          <t>Urbicande Opera</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Denis, Didier</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, carton</t>
+          <t>papier, encre, fibres synthétiques</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de reliure, technique photographique</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>62394</v>
+        <v>62373</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t> Carte d’identité de citoyen des Cités Obscures</t>
+          <t>Album photo de Mary von Rathen</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de reliure, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>62472</v>
+        <v>62394</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Urbicande - Opéra en six tableaux</t>
+          <t> Carte d’identité de citoyen des Cités Obscures</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Denis, Didier</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E25" s="2"/>
-      <c r="F25" s="2"/>
+      <c r="F25" s="2" t="inlineStr">
+        <is>
+          <t>autre document imprimé</t>
+        </is>
+      </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>62572</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Préparation film et interview de Robert Schuiten</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Robert / Peeters, Benoît</t>
@@ -1159,365 +1159,365 @@
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>57365</v>
+        <v>56455</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Fugues</t>
+          <t>Corazas (Carapaces)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>54750</v>
+        <v>56394</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>56095</v>
+        <v>54750</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris NL</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>56394</v>
+        <v>56095</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
+          <t>Les Murailles de Samaris NL</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>56455</v>
+        <v>57365</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Corazas (Carapaces)</t>
+          <t>Fugues</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>56550</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Murene i Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>57366</v>
+        <v>56852</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Prague</t>
+          <t>Le Mystère d'Urbicande</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Smolderen, Thierry / De Brok, Régis / De La Barque, Robert Louis Marie</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>57367</v>
+        <v>56396</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Droit de regards</t>
+          <t>La Fiebre de Urbicanda (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>54741</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
@@ -1679,7211 +1679,7211 @@
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>56852</v>
+        <v>57366</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Le Mystère d'Urbicande</t>
+          <t>Prague</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Smolderen, Thierry / De Brok, Régis / De La Barque, Robert Louis Marie</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, soie</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>56396</v>
+        <v>57367</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>La Fiebre de Urbicanda (La Fièvre d'Urbicande)</t>
+          <t>Droit de regards</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>57368</v>
+        <v>57180</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Le Mauvais oeil</t>
+          <t> Reis aantekeningen. Alaxis. Mylos. Calvani. Brüsel door Eugen Robick Urbatect</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57180</v>
+        <v>57368</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t> Reis aantekeningen. Alaxis. Mylos. Calvani. Brüsel door Eugen Robick Urbatect</t>
+          <t>Le Mauvais oeil</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>63206</v>
+        <v>56922</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Revue de presse - Expo Schuiten/Peeters</t>
+          <t>L'Archiviste - Grand format</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, fibres synthétiques</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>57370</v>
+        <v>56540</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>A la recherche du roman photo</t>
+          <t>Uro i Urbicande (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57190</v>
+        <v>56541</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t> Les Cités obscures. Expo Peeters Schuiten</t>
+          <t>Tårnet (La Tour)</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>56358</v>
+        <v>56545</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>The Great walls of Samaris (Les Murailles de Samaris)</t>
+          <t>Menara (La Tour)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>56373</v>
+        <v>63206</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>A Febre de Urbicanda (La Fièvre d'Urbicande)</t>
+          <t>Revue de presse - Expo Schuiten/Peeters</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, fibres synthétiques</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>54999</v>
+        <v>56358</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>La Tour</t>
+          <t>The Great walls of Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>55004</v>
+        <v>56373</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>La Tour - Rêves de pierres</t>
+          <t>A Febre de Urbicanda (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>55013</v>
+        <v>54999</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>La Tour</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>56122</v>
+        <v>55004</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>La Tour NL</t>
+          <t>La Tour - Rêves de pierres</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>55023</v>
+        <v>55013</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>La Tour</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>56123</v>
+        <v>56122</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>La Tour NL</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>56922</v>
+        <v>55023</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>L'Archiviste - Grand format</t>
+          <t>La Tour</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>56545</v>
+        <v>56123</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Menara (La Tour)</t>
+          <t>La Tour NL</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>56540</v>
+        <v>57190</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Uro i Urbicande (La Fièvre d'Urbicande)</t>
+          <t> Les Cités obscures. Expo Peeters Schuiten</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>56541</v>
+        <v>57370</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Tårnet (La Tour)</t>
+          <t>A la recherche du roman photo</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>63337</v>
+        <v>56858</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>L'Encyclopédie des transports présents et à venir</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Wappendorf, Axel</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre, papier</t>
+          <t>papier, carton, encre, coton</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>57226</v>
+        <v>56765</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t> Amiens : espaces nouveaux</t>
+          <t>La Route d'Armilia</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>carton d'invitation</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>57228</v>
+        <v>56775</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t> L’enfant de Phoebus</t>
+          <t>La Route d'Armilia NL</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Desbois, Christian</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>54753</v>
+        <v>56778</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>La Route d'Armilia NL</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>54756</v>
+        <v>56612</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>56117</v>
+        <v>56614</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande NL</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>56765</v>
+        <v>56537</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia</t>
+          <t>Murene i Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>56775</v>
+        <v>63337</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia NL</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier photographique, encre, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>56778</v>
+        <v>54753</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia NL</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>56858</v>
+        <v>54756</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>L'Encyclopédie des transports présents et à venir</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Wappendorf, Axel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, coton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>56612</v>
+        <v>56117</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t>La Fièvre d'Urbicande NL</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>56614</v>
+        <v>57226</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t> Amiens : espaces nouveaux</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>carton d'invitation</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>56537</v>
+        <v>57228</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Murene i Samaris (Les Murailles de Samaris)</t>
+          <t> L’enfant de Phoebus</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Desbois, Christian</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>57350</v>
+        <v>56998</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Paul Valéry. Une vie d'écrivain?</t>
+          <t>1936 - Dernières nouvelles</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Collectif,  / Schréder, Etienne / Goffin, Alain / Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>62754</v>
+        <v>56599</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Duistere Steden</t>
+          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>62398</v>
+        <v>56607</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Cités Obscures NL</t>
+          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>fer, papier, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
         <v>56376</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>A Torre (La Tour)</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>56998</v>
+        <v>57350</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>1936 - Dernières nouvelles</t>
+          <t>Paul Valéry. Une vie d'écrivain?</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schréder, Etienne / Goffin, Alain / Peeters, Benoît / Schuiten, Francois</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>56599</v>
+        <v>62754</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
+          <t>Duistere Steden</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>56607</v>
+        <v>62398</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
+          <t>Livre d'Or Cités Obscures NL</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>fer, papier, carton</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>57079</v>
+        <v>56923</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>La Bibliothèque de Villers</t>
+          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>62524</v>
+        <v>56766</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Le Musée A.Desombres</t>
+          <t>La Route d'Armilia</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Genicot, Thierry</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, matière plastique</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>57257</v>
+        <v>56932</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t> Le musée des ombres</t>
+          <t>Arkivaren - Stort format (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>art graphique, autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>57270</v>
+        <v>56584</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>François Schuiten - Benoit Peeters</t>
+          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>56923</v>
+        <v>56425</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
+          <t>Las Tierras huecas : Zara (Les Terres Creuses : Zara)</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>56766</v>
+        <v>62524</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia</t>
+          <t>Le Musée A.Desombres</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Genicot, Thierry</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, matière plastique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>56932</v>
+        <v>57257</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Arkivaren - Stort format (L'Archiviste - Grand format)</t>
+          <t> Le musée des ombres</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique, autre document imprimé</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>56584</v>
+        <v>57270</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
+          <t>François Schuiten - Benoit Peeters</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>56425</v>
+        <v>57079</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Las Tierras huecas : Zara (Les Terres Creuses : Zara)</t>
+          <t>La Bibliothèque de Villers</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>62723</v>
+        <v>56970</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>QUARXS</t>
+          <t> L’Echo des Cités - Réouverture du musée des ombres</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>62364</v>
+        <v>56977</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Un Soir au Musée des Ombres</t>
+          <t>Le Petit journal du musée des ombres</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>57082</v>
+        <v>56930</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Case, planche, récit. Comment lire une bande dessinée</t>
+          <t>El Archivista - Formato grande (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>62407</v>
+        <v>56547</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Le Musée des Ombres</t>
+          <t>Kuumetta Urbicandessa (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>57114</v>
+        <v>56316</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Le Monde d'Hergé</t>
+          <t>Dolores NL</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Baltus, Anne</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>56316</v>
+        <v>56101</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Dolores NL</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Baltus, Anne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>56101</v>
+        <v>57114</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Le Monde d'Hergé</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>56930</v>
+        <v>62723</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>El Archivista - Formato grande (L'Archiviste - Grand format)</t>
+          <t>QUARXS</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>56970</v>
+        <v>62364</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t> L’Echo des Cités - Réouverture du musée des ombres</t>
+          <t>Un Soir au Musée des Ombres</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>56977</v>
+        <v>57082</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Le Petit journal du musée des ombres</t>
+          <t>Case, planche, récit. Comment lire une bande dessinée</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>56547</v>
+        <v>62407</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Kuumetta Urbicandessa (La Fièvre d'Urbicande)</t>
+          <t>Livre d'Or Le Musée des Ombres</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>57399</v>
+        <v>57067</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>DE VROUW</t>
+          <t>Hitchcock. Le travail du film</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Gilles, Ziller</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>62852</v>
+        <v>56780</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Planche 29 Brüsel</t>
+          <t>Der Weg nach Armilia (La Route d'Armilia)</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>56078</v>
+        <v>56782</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Plagiat!</t>
+          <t>Der Weg nach Armilia - luxe (La Route d'Armilia - luxe)</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Goffin, Alain</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>54780</v>
+        <v>56551</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Dolores DE</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>54782</v>
+        <v>56580</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>55042</v>
+        <v>56404</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>Brüsel ES</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>56125</v>
+        <v>56622</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Brüsel NL</t>
+          <t>Brüsel DE</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>55052</v>
+        <v>56078</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>Plagiat!</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Goffin, Alain</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>56780</v>
+        <v>54780</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Der Weg nach Armilia (La Route d'Armilia)</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>56782</v>
+        <v>54782</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Der Weg nach Armilia - luxe (La Route d'Armilia - luxe)</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>57067</v>
+        <v>55042</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Hitchcock. Le travail du film</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>56551</v>
+        <v>56125</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Dolores DE</t>
+          <t>Brüsel NL</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>56580</v>
+        <v>55052</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>56404</v>
+        <v>57399</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Brüsel ES</t>
+          <t>DE VROUW</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Gilles, Ziller</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>56622</v>
+        <v>62852</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Brüsel DE</t>
+          <t>Planche 29 Brüsel</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>62266</v>
+        <v>56986</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Le Pari Lumière -Méliès</t>
+          <t> Titre de passage vers les Cités Obscures. Porte de Hal - Porte d’Uqbar</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Ruiz, Raoul</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, fibres synthétiques</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>57080</v>
+        <v>56722</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>La Bande dessinée</t>
+          <t>Souvenirs de l'éternel présent</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>56924</v>
+        <v>56733</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
+          <t>Souvenirs de l'éternel présent NL</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, carton, papier</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>56935</v>
+        <v>56734</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités - Grand format</t>
+          <t>Erindringer om den evige nutid DK (Souvenirs de l'éternel présent)</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>56939</v>
+        <v>56924</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités - Grand format NL</t>
+          <t>Der Archivar - Großformat (L'Archiviste - Grand format)</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>56986</v>
+        <v>56935</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. Porte de Hal - Porte d’Uqbar</t>
+          <t>L'Echo des Cités - Grand format</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>56722</v>
+        <v>56939</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent</t>
+          <t>L'Echo des Cités - Grand format NL</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>56733</v>
+        <v>56620</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent NL</t>
+          <t>Brüsel DE - édition de luxe</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>encre, carton, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>56734</v>
+        <v>56377</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Erindringer om den evige nutid DK (Souvenirs de l'éternel présent)</t>
+          <t>Brüsel PT</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>56620</v>
+        <v>62266</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Brüsel DE - édition de luxe</t>
+          <t>Le Pari Lumière -Méliès</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Ruiz, Raoul</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, fibres synthétiques</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>56377</v>
+        <v>57080</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Brüsel PT</t>
+          <t>La Bande dessinée</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>57395</v>
+        <v>56984</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>D’Urbicande à Bruxelles. Voyage dans les Cités obscures</t>
+          <t> Titre de passage vers les Cités Obscures. De Félix Nadar à Michel Ardan</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>carton d'invitation</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>57085</v>
+        <v>57009</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Töpffer. L’invention de la bande dessinée</t>
+          <t> Titre de passage vers les Cités Obscures. Des voyages extraordinaires aux Cités obscures</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Groensteen, Thierry</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>57086</v>
+        <v>57011</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t> Les Rouages de la nuit</t>
+          <t> Titre de passage vers les Cités Obscures. Des Arts et Métiers aux Portes d’Armilia</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Willems, Sandrine  / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, matière plastique</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>57343</v>
+        <v>56866</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Les Métamorphoses de Nadar</t>
+          <t>Arts et Métiers - Direction Mairie des Lilas</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>56938</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>Das Stadtecho - Großformat (L'Echo des Cités - Grand format)</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>56984</v>
+        <v>56613</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. De Félix Nadar à Michel Ardan</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>57009</v>
+        <v>57343</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. Des voyages extraordinaires aux Cités obscures</t>
+          <t>Les Métamorphoses de Nadar</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>57011</v>
+        <v>57395</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t> Titre de passage vers les Cités Obscures. Des Arts et Métiers aux Portes d’Armilia</t>
+          <t>D’Urbicande à Bruxelles. Voyage dans les Cités obscures</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>carton d'invitation</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>56866</v>
+        <v>57085</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Arts et Métiers - Direction Mairie des Lilas</t>
+          <t>Töpffer. L’invention de la bande dessinée</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Groensteen, Thierry</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>56613</v>
+        <v>57086</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t> Les Rouages de la nuit</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Willems, Sandrine  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, matière plastique</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>62716</v>
+        <v>56839</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 31+32+33+34 1995</t>
+          <t>Mary la Penchée</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>56839</v>
+        <v>56594</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Mary la Penchée</t>
+          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>56594</v>
+        <v>62716</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Das Fieber des Stadplaners (La Fièvre d'Urbicande)</t>
+          <t>Benoît Peeters DVD 31+32+33+34 1995</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>63338</v>
+        <v>56842</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>Mary la Penchée NL</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>papier, papier photographique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>62714</v>
+        <v>56869</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 27+28 1991 à 1996</t>
+          <t>L'Aventure des images. De la bande dessinée au multimédia</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>62718</v>
+        <v>56891</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 36 1987 à 1996</t>
+          <t>Le Guide des Cités</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>57557</v>
+        <v>56625</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t> Trois pages retrouvées</t>
+          <t>Mary DE (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>62278</v>
+        <v>56627</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>L’Echo des Cités. Le Retour de l’Enfant penchée</t>
+          <t>Mary DE (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>62401</v>
+        <v>63338</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Architecture Rêvées</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H145" s="2"/>
+          <t>papier, papier photographique, encre</t>
+        </is>
+      </c>
+      <c r="H145" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>56130</v>
+        <v>55064</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée NL</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>56131</v>
+        <v>56130</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée - Edition luxe NL</t>
+          <t>L'Enfant penchée NL</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>55705</v>
+        <v>56131</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée</t>
+          <t>L'Enfant penchée - Edition luxe NL</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, papier, encre</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>55710</v>
+        <v>55705</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
           <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>55064</v>
+        <v>55710</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>56842</v>
+        <v>62714</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Mary la Penchée NL</t>
+          <t>Benoît Peeters DVD 27+28 1991 à 1996</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>56869</v>
+        <v>62718</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>L'Aventure des images. De la bande dessinée au multimédia</t>
+          <t>Benoît Peeters DVD 36 1987 à 1996</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>56891</v>
+        <v>57557</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités</t>
+          <t> Trois pages retrouvées</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>56625</v>
+        <v>62278</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Mary DE (L'Enfant penchée)</t>
+          <t>L’Echo des Cités. Le Retour de l’Enfant penchée</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>56627</v>
+        <v>62401</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Mary DE (L'Enfant penchée)</t>
+          <t>Livre d'Or Architecture Rêvées</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>55071</v>
+        <v>56848</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>De la Maison Autrique à la maison imaginaire</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>55081</v>
+        <v>56653</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t> A la découverte des Cités Obscures. Conférence-fiction</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>56848</v>
+        <v>56910</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>De la Maison Autrique à la maison imaginaire</t>
+          <t>Führer durch die Geheimnisvollen Städte (Le Guide des Cités)</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>56653</v>
+        <v>56739</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t> A la découverte des Cités Obscures. Conférence-fiction</t>
+          <t>Memórias do Eterno Presente PT (Souvenirs de l'éternel présent)</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>56910</v>
+        <v>55071</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Führer durch die Geheimnisvollen Städte (Le Guide des Cités)</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>56739</v>
+        <v>55081</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Memórias do Eterno Presente PT (Souvenirs de l'éternel présent)</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>62715</v>
+        <v>56851</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 29+30 1994 à 1998</t>
+          <t>From the house of Autrique to the house of imagination EN &amp; NL (De la Maison Autrique à la maison imaginaire)</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>57088</v>
+        <v>56897</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Case, planche, récit. Comment lire une bande dessinée</t>
+          <t>Le Guide des Cités NL</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
         <v>56124</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
           <t>La Tour NL</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>56851</v>
+        <v>62715</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>From the house of Autrique to the house of imagination EN &amp; NL (De la Maison Autrique à la maison imaginaire)</t>
+          <t>Benoît Peeters DVD 29+30 1994 à 1998</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>56897</v>
+        <v>57088</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités NL</t>
+          <t>Case, planche, récit. Comment lire une bande dessinée</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>62697</v>
+        <v>56380</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Esquisses - L’Ombre d’un homme</t>
+          <t>A Menina inclinada (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>62383</v>
+        <v>56134</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Les Cités obscures. François Schuiten Benoit Peeters</t>
+          <t>L'Ombre d'un homme NL</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>carton d'invitation</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>62515</v>
+        <v>55717</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre du réseau </t>
+          <t>L'Ombre d'un homme</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Alok, Nandi</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>56134</v>
+        <v>55724</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme NL</t>
+          <t>L'Ombre d'un homme</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>55717</v>
+        <v>62515</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme</t>
+          <t>L'Ombre du réseau </t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Alok, Nandi</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, matière plastique</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>55724</v>
+        <v>62697</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme</t>
+          <t>Esquisses - L’Ombre d’un homme</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>56380</v>
+        <v>62383</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>A Menina inclinada (L'Enfant penchée)</t>
+          <t>Les Cités obscures. François Schuiten Benoit Peeters</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>carton d'invitation</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>56109</v>
+        <v>56758</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris NL</t>
+          <t>L'Archiviste NL</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>56121</v>
+        <v>56772</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande NL</t>
+          <t>La Route d'Armilia NL</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>56772</v>
+        <v>56798</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia NL</t>
+          <t>Voyages en Utopie </t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Plissart, Marie-Francoise / Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>56798</v>
+        <v>56629</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Voyages en Utopie </t>
+          <t>Der Schattenmann (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise / Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>56758</v>
+        <v>56381</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>L'Archiviste NL</t>
+          <t>A Sombra de um homen (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>56629</v>
+        <v>56109</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Der Schattenmann (L'Ombre d'un homme)</t>
+          <t>Les Murailles de Samaris NL</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>56381</v>
+        <v>56121</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>A Sombra de um homen (L'Ombre d'un homme)</t>
+          <t>La Fièvre d'Urbicande NL</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>57556</v>
+        <v>56747</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>L’Affaire Desombres</t>
+          <t>El Archivista ES (L'Archiviste)</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, toile</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>62520</v>
+        <v>56799</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
         <v>55729</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
           <t>L'Etrange cas du docteur Abraham</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>56799</v>
+        <v>62520</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, papier, matière plastique</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>56747</v>
+        <v>57556</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>El Archivista ES (L'Archiviste)</t>
+          <t>L’Affaire Desombres</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, toile</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>62955</v>
+        <v>56846</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Votez pour Bruxelles et l’Europe !</t>
+          <t>Mary la Penchée</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>57586</v>
+        <v>56893</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible</t>
+          <t>Le Guide des Cités</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé, art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>62523</v>
+        <v>56418</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible. Tome 1</t>
+          <t>La Frontera invisible - volumen 1 (La Frontière invisible - Tome 1)</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>62561</v>
+        <v>56631</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>Jenseits der Grenze - Band 1 (La Frontière invisible - Tome 1)</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Desombres, Augustin</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>55737</v>
+        <v>56492</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible - Tome 1</t>
+          <t>Le Mura di Samaris IT (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>56846</v>
+        <v>56382</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Mary la Penchée</t>
+          <t>A Fronteira invisível (La Frontière invisible)</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>56893</v>
+        <v>62955</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités</t>
+          <t>Votez pour Bruxelles et l’Europe !</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>56418</v>
+        <v>55737</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>La Frontera invisible - volumen 1 (La Frontière invisible - Tome 1)</t>
+          <t>La Frontière invisible - Tome 1</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>56631</v>
+        <v>62523</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Jenseits der Grenze - Band 1 (La Frontière invisible - Tome 1)</t>
+          <t>La Frontière invisible. Tome 1</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, matière plastique, papier</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>56492</v>
+        <v>62561</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le Mura di Samaris IT (Les Murailles de Samaris)</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Desombres, Augustin</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>56382</v>
+        <v>57586</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>A Fronteira invisível (La Frontière invisible)</t>
+          <t>La Frontière Invisible</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé, art graphique</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>62973</v>
+        <v>56752</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Le Théâtre des images</t>
+          <t>O arquivista PT (L'Archiviste)</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>62566</v>
+        <v>62973</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Coffret Le Théâtre des images + Un festival en images</t>
+          <t>Le Théâtre des images</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>62374</v>
+        <v>62566</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Carte Sodrovno-Voldachie</t>
+          <t>Coffret Le Théâtre des images + Un festival en images</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>62403</v>
+        <v>62374</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Livre d'or Page Blanche à ...</t>
+          <t>Carte Sodrovno-Voldachie</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>cartes géographique</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>56752</v>
+        <v>62403</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>O arquivista PT (L'Archiviste)</t>
+          <t>Livre d'or Page Blanche à ...</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>62717</v>
+        <v>56911</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Benoît Peeters DVD 35+... 2001 à 2004</t>
+          <t>The Book of Schuiten </t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>62376</v>
+        <v>56632</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Coffret Schuiten "Le Livre Voyage"</t>
+          <t>Jenseits der Grenze - Band 2 (La Frontière invisible - Tome 2)</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique, autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>papier, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>62395</v>
+        <v>56135</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Livre d'Or Les Portes de l'Utopie NL</t>
+          <t>La Frontière Invisible - Tome 2 NL</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, matière plastique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>57094</v>
+        <v>56137</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>L'Archipel Tintin</t>
+          <t>La Frontière invisible - Coffret NL</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Algoud, Albert / Sterckx, Pierre / Peeters, Benoît / Cerbelaud, Dominique / Apostolidès, Jean-Marie</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>56135</v>
+        <v>55742</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible - Tome 2 NL</t>
+          <t>La Frontière Invisible - Coffret intégral</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>56137</v>
+        <v>55747</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible - Coffret NL</t>
+          <t>La Frontière Invisible - luxe</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, toile</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>55742</v>
+        <v>62717</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible - Coffret intégral</t>
+          <t>Benoît Peeters DVD 35+... 2001 à 2004</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>55747</v>
+        <v>62376</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible - luxe</t>
+          <t>Coffret Schuiten "Le Livre Voyage"</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>cartes géographique, autre document imprimé</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, toile</t>
+          <t>papier, carton</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>56911</v>
+        <v>62395</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>The Book of Schuiten </t>
+          <t>Livre d'Or Les Portes de l'Utopie NL</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, matière plastique</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>56632</v>
+        <v>57094</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Jenseits der Grenze - Band 2 (La Frontière invisible - Tome 2)</t>
+          <t>L'Archipel Tintin</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Algoud, Albert / Sterckx, Pierre / Peeters, Benoît / Cerbelaud, Dominique / Apostolidès, Jean-Marie</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>56957</v>
+        <v>56968</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Schuiten et Peeters ouvrent les portes du possible</t>
+          <t>Le Bambou transgénique : une rechute inexplicable</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>56958</v>
+        <v>56969</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t> Un Rocher habité</t>
+          <t>Une nouvelle centralité</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>56959</v>
+        <v>56957</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Elastoball : le choc de la mixité</t>
+          <t>Schuiten et Peeters ouvrent les portes du possible</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>56960</v>
+        <v>56958</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t> Les pièges de l’immortalité</t>
+          <t> Un Rocher habité</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>56963</v>
+        <v>56959</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Le défi de Bialystok : une gare au coeur de la plus grande forêt d’Europe</t>
+          <t>Elastoball : le choc de la mixité</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>56968</v>
+        <v>56960</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Le Bambou transgénique : une rechute inexplicable</t>
+          <t> Les pièges de l’immortalité</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>56969</v>
+        <v>56963</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Une nouvelle centralité</t>
+          <t>Le défi de Bialystok : une gare au coeur de la plus grande forêt d’Europe</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>56544</v>
+        <v>56409</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible CN (caractères chinois)</t>
+          <t>La Chica inclinada (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>56409</v>
+        <v>56502</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>La Chica inclinada (L'Enfant penchée)</t>
+          <t>La Bambina che pende (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>56502</v>
+        <v>56544</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>La Bambina che pende (L'Enfant penchée)</t>
+          <t>La Frontière invisible CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -8915,3245 +8915,3245 @@
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>62559</v>
+        <v>55712</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Le Dossier B</t>
+          <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Leguebe, Wilbur</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>55712</v>
+        <v>54759</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée</t>
+          <t>Les Murailles de Samaris</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>54759</v>
+        <v>62559</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris</t>
+          <t>Le Dossier B</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Leguebe, Wilbur</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>55089</v>
+        <v>56879</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>L'Atelier de Schuiten et Peeters</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, métal, toile</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>56138</v>
+        <v>56475</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - Tome 2 NL</t>
+          <t>La Tour (caractères chinois)</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>56140</v>
+        <v>56546</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - coffret NL</t>
+          <t>Mury Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>55758</v>
+        <v>56127</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - coffret</t>
+          <t>Brüsel NL</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>55966</v>
+        <v>55089</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable - Tome 2</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>55033</v>
+        <v>56138</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>La Tour</t>
+          <t>La Théorie du grain de sable - Tome 2 NL</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>56127</v>
+        <v>56140</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Brüsel NL</t>
+          <t>La Théorie du grain de sable - coffret NL</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>56879</v>
+        <v>55758</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>L'Atelier de Schuiten et Peeters</t>
+          <t>La Théorie du grain de sable - coffret</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, métal, toile</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>56546</v>
+        <v>55966</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Mury Samaris (Les Murailles de Samaris)</t>
+          <t>La Théorie du grain de sable - Tome 2</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>56475</v>
+        <v>55033</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>La Tour (caractères chinois)</t>
+          <t>La Tour</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>56141</v>
+        <v>56745</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent NL</t>
+          <t>L'Archiviste</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>55726</v>
+        <v>56769</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme</t>
+          <t>La Route d'Armilia et autres légendes du monde obscur</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>55974</v>
+        <v>56477</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs de l'éternel présent</t>
+          <t>L'Ombre d'un homme CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>56092</v>
+        <v>56383</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable</t>
+          <t>A Teoria do grão de areia 1 (La Théorie du grain de sable - Tome 1)</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>56769</v>
+        <v>56141</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>La Route d'Armilia et autres légendes du monde obscur</t>
+          <t>Souvenirs de l'éternel présent NL</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>56745</v>
+        <v>55726</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>L'Archiviste</t>
+          <t>L'Ombre d'un homme</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, papier, encre</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>56477</v>
+        <v>55974</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme CN (caractères chinois)</t>
+          <t>Souvenirs de l'éternel présent</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>56383</v>
+        <v>56092</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>A Teoria do grão de areia 1 (La Théorie du grain de sable - Tome 1)</t>
+          <t>La Théorie du grain de sable</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>57620</v>
+        <v>56826</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>(Re)découvrir les Cités obscures</t>
+          <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>55714</v>
+        <v>56837</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée</t>
+          <t>L'Echo des Cités NL</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>56826</v>
+        <v>56634</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités</t>
+          <t>Die Sandkorn Theorie (La Théorie du grain de sable)</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>56837</v>
+        <v>56484</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités NL</t>
+          <t>La Fièvre d'Urbicande KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>56634</v>
+        <v>56487</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Die Sandkorn Theorie (La Théorie du grain de sable)</t>
+          <t>L'Enfant penchée KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>56484</v>
+        <v>56488</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande KR (caractères coréens)</t>
+          <t>L'Ombre d'un homme KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>56487</v>
+        <v>56489</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant penchée KR (caractères coréens)</t>
+          <t>La Frontière invisible KR (caractères coréens)</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>56488</v>
+        <v>56389</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>L'Ombre d'un homme KR (caractères coréens)</t>
+          <t>A Teoria do grão de areia 2 (La Théorie du grain de sable - Tome 2)</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>56489</v>
+        <v>56542</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>La Frontière invisible KR (caractères coréens)</t>
+          <t>Sandkorns-teorien (La Théorie du grain de sable)</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>56389</v>
+        <v>55714</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>A Teoria do grão de areia 2 (La Théorie du grain de sable - Tome 2)</t>
+          <t>L'Enfant penchée</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>56542</v>
+        <v>57620</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Sandkorns-teorien (La Théorie du grain de sable)</t>
+          <t>(Re)découvrir les Cités obscures</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>62748</v>
+        <v>56895</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t> Selon Benoît Peeters, au loin s’en vont les images</t>
+          <t>Le Guide des Cités</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>56788</v>
+        <v>56898</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Putovanje u Armiliju (La Route d'Armilia)</t>
+          <t>Le Guide des Cités NL</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>56895</v>
+        <v>56788</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités</t>
+          <t>Putovanje u Armiliju (La Route d'Armilia)</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>56898</v>
+        <v>56500</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Le Guide des Cités NL</t>
+          <t>Brüsel IT</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>56500</v>
+        <v>56390</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Brüsel IT</t>
+          <t>Urbikandska groznica (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>56390</v>
+        <v>62748</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Urbikandska groznica (La Fièvre d'Urbicande)</t>
+          <t> Selon Benoît Peeters, au loin s’en vont les images</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>55755</v>
+        <v>56633</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>La Frontière Invisible</t>
+          <t>Jenseits der Grenze (La Frontière invisible)</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>54997</v>
+        <v>56548</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>La Fièvre d'Urbicande</t>
+          <t>Kaunokainem (La Douce)</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>56548</v>
+        <v>55755</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Kaunokainem (La Douce)</t>
+          <t>La Frontière Invisible</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>56633</v>
+        <v>54997</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Jenseits der Grenze (La Frontière invisible)</t>
+          <t>La Fièvre d'Urbicande</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>55972</v>
+        <v>56610</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable </t>
+          <t>Fieber in Urbicand (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>56610</v>
+        <v>56479</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Fieber in Urbicand (La Fièvre d'Urbicande)</t>
+          <t>La Théorie du grain de sable CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>56479</v>
+        <v>55972</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>La Théorie du grain de sable CN (caractères chinois)</t>
+          <t>La Théorie du grain de sable </t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>56368</v>
+        <v>56883</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>The Leaning girl (L'Enfant penchée)</t>
+          <t>Le Temps des Cités</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>56370</v>
+        <v>56889</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>The Leaning girl (L'Enfant penchée)</t>
+          <t>Le Temps des Cités NL</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>56883</v>
+        <v>56919</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Le Temps des Cités</t>
+          <t>Revoir Paris - L'Exposition</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, encre, coton</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>56889</v>
+        <v>56617</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Le Temps des Cités NL</t>
+          <t>Der Turm (La Tour)</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>56919</v>
+        <v>56391</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - L'Exposition</t>
+          <t>Brüsel HR</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre, coton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>56391</v>
+        <v>56392</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Brüsel HR</t>
+          <t>Nagnuto dijete (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>56392</v>
+        <v>56393</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Nagnuto dijete (L'Enfant penchée)</t>
+          <t>Sjena jednog čovjeka (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>56393</v>
+        <v>56368</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Sjena jednog čovjeka (L'Ombre d'un homme)</t>
+          <t>The Leaning girl (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>56617</v>
+        <v>56370</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Der Turm (La Tour)</t>
+          <t>The Leaning girl (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>62548</v>
+        <v>56635</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Revue de presse. Exposition Schuiten-Peeters. Revoir Paris. Cité de l’architecture et du patrimoine</t>
+          <t>Nach Paris (Revoir Paris)</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
         <v>56790</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>La Ruta de Armilia y otras leyendas de las ciudades oscuras (La Route d'Armilia et autres légendes du monde obscur)</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>56635</v>
+        <v>56398</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Nach Paris (Revoir Paris)</t>
+          <t>La Fiebre de Urbicande (La Fièvre d'Urbicande)</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>56395</v>
+        <v>56401</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
+          <t>La Torre (La Tour)</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>56398</v>
+        <v>56587</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>La Fiebre de Urbicande (La Fièvre d'Urbicande)</t>
+          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>56401</v>
+        <v>56405</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>La Torre (La Tour)</t>
+          <t>Brüsel ES</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>56587</v>
+        <v>56412</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Die Mauern von Samaris (Les Murailles de Samaris)</t>
+          <t>La Chica inclinada (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>56405</v>
+        <v>56422</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Brüsel ES</t>
+          <t>Volver a París 1 (Revoir Paris - Tome 1)</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>56412</v>
+        <v>56423</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>La Chica inclinada (L'Enfant penchée)</t>
+          <t>Volver a París 2 (Revoir Paris - Tome 2)</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>56422</v>
+        <v>56468</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Volver a París 1 (Revoir Paris - Tome 1)</t>
+          <t>Les Murailles de Samaris CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>56423</v>
+        <v>56630</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Volver a París 2 (Revoir Paris - Tome 2)</t>
+          <t>Licht und Schatten (L'Ombre d'un homme)</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>56468</v>
+        <v>56505</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Les Murailles de Samaris CN (caractères chinois)</t>
+          <t>Rivedere Parigi 1 (Revoir Paris - Tome 1)</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>56630</v>
+        <v>56395</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Licht und Schatten (L'Ombre d'un homme)</t>
+          <t>Las Murallas de Samaris (Les Murailles de Samaris)</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>56505</v>
+        <v>62548</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Rivedere Parigi 1 (Revoir Paris - Tome 1)</t>
+          <t>Revue de presse. Exposition Schuiten-Peeters. Revoir Paris. Cité de l’architecture et du patrimoine</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>56275</v>
+        <v>56912</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - Tome 2 La Nuit des constellations NL</t>
+          <t>The Book of Schuiten (caractères chinois)</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>56371</v>
+        <v>56913</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>The Theory of the grain of sand (La Théorie du grain de sable)</t>
+          <t>Machines à dessiner</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>55979</v>
+        <v>56472</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - Tome 1 Utopiomane</t>
+          <t>Brüsel CN (caractères chinois)</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>55980</v>
+        <v>56509</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Revoir Paris - Tome 2 La Nuit des constellations</t>
+          <t>Rivedere Parigi - La Notte delle costellazioni 2 (Revoir Paris - La Nuit des constellations 2)</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>56091</v>
+        <v>56275</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Brüsel</t>
+          <t>Revoir Paris - Tome 2 La Nuit des constellations NL</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, lin, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>56912</v>
+        <v>56371</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>The Book of Schuiten (caractères chinois)</t>
+          <t>The Theory of the grain of sand (La Théorie du grain de sable)</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>56913</v>
+        <v>55979</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Machines à dessiner</t>
+          <t>Revoir Paris - Tome 1 Utopiomane</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>56472</v>
+        <v>55980</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Brüsel CN (caractères chinois)</t>
+          <t>Revoir Paris - Tome 2 La Nuit des constellations</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>56509</v>
+        <v>56091</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Rivedere Parigi - La Notte delle costellazioni 2 (Revoir Paris - La Nuit des constellations 2)</t>
+          <t>Brüsel</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, lin, encre</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>62907</v>
+        <v>56636</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Les Cités Obscures - La Fièvre d’Urbicande</t>
+          <t>Nach Paris - Teil 2 (Revoir Paris - Tome 2)</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Durieux , Laurent</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, crayon</t>
+          <t>encre, papier, carton</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>56636</v>
+        <v>56628</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Nach Paris - Teil 2 (Revoir Paris - Tome 2)</t>
+          <t>Das Schräge Mädchen (L'Enfant penchée)</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>56628</v>
+        <v>62907</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Das Schräge Mädchen (L'Enfant penchée)</t>
+          <t>Les Cités Obscures - La Fièvre d’Urbicande</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, crayon</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
         <v>62888</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
           <t>Les Cités Obscures - L’Enfant penchée</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>