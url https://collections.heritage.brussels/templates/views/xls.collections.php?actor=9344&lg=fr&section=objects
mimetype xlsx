--- v0 (2025-11-16)
+++ v1 (2026-02-17)
@@ -375,135 +375,135 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>56053</v>
+        <v>56283</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Carapaces</t>
+          <t>Les Terres creuses NL</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56283</v>
+        <v>56288</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses NL</t>
+          <t>Les Terres creuses : Zara NL</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56288</v>
+        <v>56053</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses : Zara NL</t>
+          <t>Carapaces</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -655,415 +655,415 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>54801</v>
+        <v>56088</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Nogegon</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>56088</v>
+        <v>56295</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Nogegon</t>
+          <t>Nogegon NL</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>56295</v>
+        <v>56574</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Nogegon NL</t>
+          <t>Nogegon DE</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>56574</v>
+        <v>54801</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nogegon DE</t>
+          <t>Nogegon</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>56577</v>
+        <v>56314</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Carapaces DE</t>
+          <t>Arboris. Album du jubilé NL</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>56314</v>
+        <v>56315</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Arboris. Album du jubilé NL</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>56315</v>
+        <v>56445</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Arboris. Album du jubilé NL</t>
+          <t>Las Tierras huecas : Nogegon (Les Terres Creuses : Nogegon)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>56445</v>
+        <v>56459</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Las Tierras huecas : Nogegon (Les Terres Creuses : Nogegon)</t>
+          <t>Las Tierras huecas : Zara y Nogegon (Les Terres Creuses : Zara et Nogegon)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>56459</v>
+        <v>56572</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Las Tierras huecas : Zara y Nogegon (Les Terres Creuses : Zara et Nogegon)</t>
+          <t>Die Hohlen erden Zara (Les Terres creuses : Zara)</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>56572</v>
+        <v>56577</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Die Hohlen erden Zara (Les Terres creuses : Zara)</t>
+          <t>Carapaces DE</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -1215,175 +1215,175 @@
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>55984</v>
+        <v>56059</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses : Zara</t>
+          <t>Les Terres creuses - Coffret</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Schuiten , Luc</t>
+          <t>Schuiten , Luc  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>56049</v>
+        <v>56321</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses : Nogegon</t>
+          <t>Nogegon EN</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>56059</v>
+        <v>55984</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses - Coffret</t>
+          <t>Les Terres creuses : Zara</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Schuiten , Luc  / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>56321</v>
+        <v>56049</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Nogegon EN</t>
+          <t>Les Terres creuses : Nogegon</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
@@ -1571,265 +1571,265 @@
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>55986</v>
+        <v>56058</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses : Zara</t>
+          <t>Carapaces</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Schuiten , Luc</t>
+          <t>Schuiten , Luc  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>56050</v>
+        <v>56292</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les Terres creuses : Nogegon</t>
+          <t>Zara NL</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Schuiten , Luc  / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>56058</v>
+        <v>56300</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Carapaces</t>
+          <t>Nogegon NL</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Schuiten , Luc  / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>56292</v>
+        <v>56308</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Zara NL</t>
+          <t>Carapaces NL</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>56300</v>
+        <v>55986</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Nogegon NL</t>
+          <t>Les Terres creuses : Zara</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Schuiten , Luc</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>56308</v>
+        <v>56050</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Carapaces NL</t>
+          <t>Les Terres creuses : Nogegon</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Schuiten , Luc</t>
+          <t>Schuiten , Luc  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">