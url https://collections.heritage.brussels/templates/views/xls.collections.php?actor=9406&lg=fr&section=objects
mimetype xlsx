--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -339,199 +339,199 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>basket</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>daim, polyester, caoutchouc</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>77231</v>
+        <v>77233</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Baskets</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Off-White</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>basket</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>cuir, caoutchouc, matière plastique</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>coton</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>jersey, imprimé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>77232</v>
+        <v>77234</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Pull </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Off-White</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), viscose</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné, imprimé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>77233</v>
+        <v>77231</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Baskets</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Off-White</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2022</t>
+          <t>2021 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>basket</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir, caoutchouc, matière plastique</t>
+        </is>
+      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>77234</v>
+        <v>77232</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Pull </t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Off-White</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>laine, polyamide (=nylon), viscose</t>
+        </is>
+      </c>
+      <c r="H9" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>