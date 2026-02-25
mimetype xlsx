--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -259,175 +259,175 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1528 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>55254</v>
+        <v>55218</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>De recta latini graecique sermonis pronuntiatione dialogus • Dialogus cui titulus Ciceronianus, siue de optimo gen ...</t>
+          <t>De pueris liberaliter instituendis libellus • Encomium artis medicae • Diui Ammbrosii de apologia David • Diui ...</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>55258</v>
+        <v>55227</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Vidua christiana • Liber Lactantii Firmiani de opificio Dei</t>
+          <t>Opus epistolarum</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>55218</v>
+        <v>55254</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>De pueris liberaliter instituendis libellus • Encomium artis medicae • Diui Ammbrosii de apologia David • Diui ...</t>
+          <t>De recta latini graecique sermonis pronuntiatione dialogus • Dialogus cui titulus Ciceronianus, siue de optimo gen ...</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>55227</v>
+        <v>55258</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Opus epistolarum</t>
+          <t>Vidua christiana • Liber Lactantii Firmiani de opificio Dei</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -899,95 +899,95 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1534 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>55236</v>
+        <v>55261</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Apophthegmatum libri octo</t>
+          <t>Ecclesiastae siue de ratione concionandi libri quattuor</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1535 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>55261</v>
+        <v>55236</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Ecclesiastae siue de ratione concionandi libri quattuor</t>
+          <t>Apophthegmatum libri octo</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1535 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -1059,215 +1059,215 @@
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1536 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>55232</v>
+        <v>55292</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
+          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>55292</v>
+        <v>55225</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
+          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>55225</v>
+        <v>55228</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
+          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>55228</v>
+        <v>55229</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
+          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>55229</v>
+        <v>55232</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
+          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>