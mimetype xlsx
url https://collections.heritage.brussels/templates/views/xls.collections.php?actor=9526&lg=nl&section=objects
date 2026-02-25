--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -179,345 +179,345 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>55206</v>
+        <v>55290</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Epistola ad virgines sacras prope Cantabrigium consolatoria in aduersis</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1528 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>55290</v>
+        <v>55206</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Epistola ad virgines sacras prope Cantabrigium consolatoria in aduersis</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1528 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>55218</v>
+        <v>55254</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>De pueris liberaliter instituendis libellus • Encomium artis medicae • Diui Ammbrosii de apologia David • Diui ...</t>
+          <t>De recta latini graecique sermonis pronuntiatione dialogus • Dialogus cui titulus Ciceronianus, siue de optimo gen ...</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>55227</v>
+        <v>55258</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Opus epistolarum</t>
+          <t>Vidua christiana • Liber Lactantii Firmiani de opificio Dei</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>55254</v>
+        <v>55218</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>De recta latini graecique sermonis pronuntiatione dialogus • Dialogus cui titulus Ciceronianus, siue de optimo gen ...</t>
+          <t>De pueris liberaliter instituendis libellus • Encomium artis medicae • Diui Ammbrosii de apologia David • Diui ...</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>55258</v>
+        <v>55227</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Vidua christiana • Liber Lactantii Firmiani de opificio Dei</t>
+          <t>Opus epistolarum</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>55198</v>
+        <v>55297</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>De ciuilitate morum puerilium libellus</t>
+          <t>Opera</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Hieronymus</t>
+          <t>Chrysostomus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1530 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>55297</v>
+        <v>55198</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Opera</t>
+          <t>De ciuilitate morum puerilium libellus</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Chrysostomus,  / Frobenius, Hieronymus</t>
+          <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1530 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
@@ -779,95 +779,95 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1532 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>55205</v>
+        <v>55304</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Liber de sarcienda Ecclesiae concordia</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1533 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>55304</v>
+        <v>55205</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Liber de sarcienda Ecclesiae concordia</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1533 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -979,295 +979,295 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1535 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>55215</v>
+        <v>55265</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Opera [Fragmenti Commentariorum in Euangelium secundum Mattheum • De vita, phrasi et operibus Origenis]</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Hieronymus</t>
+          <t>Origenes,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1536 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>55265</v>
+        <v>55215</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Opera [Fragmenti Commentariorum in Euangelium secundum Mattheum • De vita, phrasi et operibus Origenis]</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Origenes,  / Frobenius, Hieronymus</t>
+          <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1536 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>55225</v>
+        <v>55292</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
+          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>55228</v>
+        <v>55225</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
+          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>55229</v>
+        <v>55228</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
+          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>55232</v>
+        <v>55229</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
+          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>55292</v>
+        <v>55232</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
+          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>