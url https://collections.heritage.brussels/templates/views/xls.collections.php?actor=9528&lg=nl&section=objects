--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -339,455 +339,455 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1516 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>55285</v>
+        <v>55201</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Lucubrationes aliquot</t>
+          <t>Auctarium selectarum aliquot epistolarum</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Zasius,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1518 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>55306</v>
+        <v>55202</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>XII Caesares cum annotationibus Erasmi • Annotationes in Suetonium in Historiae Augustae scriptores ex recognition ...</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Suetonius Tranquillus,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1518 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>55249</v>
+        <v>55285</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Utopia • Erasmi Epigrammata • Lily, William: Progymnasmata • Epigrammata Mori • Mori Progymnasmata</t>
+          <t>Lucubrationes aliquot</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Morus,  / Frobenius, Ioannes</t>
+          <t>Zasius,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1518 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>55201</v>
+        <v>55306</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Auctarium selectarum aliquot epistolarum</t>
+          <t>XII Caesares cum annotationibus Erasmi • Annotationes in Suetonium in Historiae Augustae scriptores ex recognition ...</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Suetonius Tranquillus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1518 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>55202</v>
+        <v>55249</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Utopia • Erasmi Epigrammata • Lily, William: Progymnasmata • Epigrammata Mori • Mori Progymnasmata</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Morus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1518 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>55230</v>
+        <v>55270</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Novum Testamentum ab Erasmo recognitum. • Paraclesis ad lectorem pium • Ratio seu Methodus compendio perveniendi ...</t>
+          <t>Farrago noua epistolarum</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1519 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>55270</v>
+        <v>55230</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Farrago noua epistolarum</t>
+          <t>Novum Testamentum ab Erasmo recognitum. • Paraclesis ad lectorem pium • Ratio seu Methodus compendio perveniendi ...</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1519 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>55219</v>
+        <v>55260</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades : 1520 (3443 adag.)</t>
+          <t>Opera</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Cyprianus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1520 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>55260</v>
+        <v>55199</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Opera</t>
+          <t>Opuscula</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Cyprianus,  / Frobenius, Ioannes</t>
+          <t>Plutarchus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1520 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>55199</v>
+        <v>55203</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Opuscula</t>
+          <t>Paraphrasis in epistolam Pauli ad Ephesios, Philippenses et Colossenses et in duas ad Thessalonicenses</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Plutarchus,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1520 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>55203</v>
+        <v>55219</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in epistolam Pauli ad Ephesios, Philippenses et Colossenses et in duas ad Thessalonicenses</t>
+          <t>Adagia - Chiliades : 1520 (3443 adag.)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1520 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -819,895 +819,895 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1521 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>55286</v>
+        <v>55268</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Colloquia - Formulae</t>
+          <t>Paraphrasis in Euangelium Matthaei • Epistola nuncupatoria ad Carolum Caesarem • Exhortatio ad studium Euangelic ...</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>55217</v>
+        <v>55286</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Opus de conscribendis epistolis • Parabolae siue similia adiectus aliquot vocularum obscurarum interpretationibus</t>
+          <t>Colloquia - Formulae</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>55220</v>
+        <v>55217</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Apologiae omnes • Apologia de loco taxato ‘Omnes quidem resurgemus sed non omnes immutabimur’</t>
+          <t>Opus de conscribendis epistolis • Parabolae siue similia adiectus aliquot vocularum obscurarum interpretationibus</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>55238</v>
+        <v>55220</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Novum Testamentum ab Erasmo recognitum. • Paraclesis. • Capita argumentorum contra morosos quosdam ac indoctos ? ...</t>
+          <t>Apologiae omnes • Apologia de loco taxato ‘Omnes quidem resurgemus sed non omnes immutabimur’</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>55251</v>
+        <v>55238</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Arnobii commentarii in omnes psalmos • Commentarius in psalmum 2 "Quare fremuerunt gentes" •  Epistola ad Adrian ...</t>
+          <t>Novum Testamentum ab Erasmo recognitum. • Paraclesis. • Capita argumentorum contra morosos quosdam ac indoctos ? ...</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Arnobius,  / Frobenius, Ioannes</t>
+          <t>Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>55268</v>
+        <v>55251</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in Euangelium Matthaei • Epistola nuncupatoria ad Carolum Caesarem • Exhortatio ad studium Euangelic ...</t>
+          <t>Arnobii commentarii in omnes psalmos • Commentarius in psalmum 2 "Quare fremuerunt gentes" •  Epistola ad Adrian ...</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Arnobius,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>55207</v>
+        <v>55200</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium Marci</t>
+          <t>Catalogus omnium lucubrationum • Colloquia selecta (Charon) • Epistola ad Marcum Laurinum • Epistola ad theolo ...</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>55211</v>
+        <v>55271</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Spongia aduersus aspergines Hutteni</t>
+          <t>Nouum Testamentum ab Erasmo recognitum • Pio lectori [Quod apud Matthaeum dominus] • Epistola de philosophia eua ...</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>55287</v>
+        <v>55204</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Precatio dominica in septem portiones distributa (après le 24 oct.)</t>
+          <t>Paraphrasis in euangelium Lucae</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>55226</v>
+        <v>55207</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Paraphrasis in euangelium Marci</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>55233</v>
+        <v>55211</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium secundum Ioannem</t>
+          <t>Spongia aduersus aspergines Hutteni</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>55235</v>
+        <v>55287</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Lucubrationes</t>
+          <t>Precatio dominica in septem portiones distributa (après le 24 oct.)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Hilarius Pictauiensis,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>55200</v>
+        <v>55226</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Catalogus omnium lucubrationum • Colloquia selecta (Charon) • Epistola ad Marcum Laurinum • Epistola ad theolo ...</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>55271</v>
+        <v>55233</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Nouum Testamentum ab Erasmo recognitum • Pio lectori [Quod apud Matthaeum dominus] • Epistola de philosophia eua ...</t>
+          <t>Paraphrasis in euangelium secundum Ioannem</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>55204</v>
+        <v>55235</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium Lucae</t>
+          <t>Lucubrationes</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Hilarius Pictauiensis,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>55208</v>
+        <v>55264</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Hecuba &amp; Iphigenia in Aulidiae</t>
+          <t>Paraphrasis in Acta Apostolorum</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Euripides,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>55298</v>
+        <v>55208</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Commentarius in Nucem Ouidii • Commentarius in duos hymnos Prudentii</t>
+          <t>Hecuba &amp; Iphigenia in Aulidiae</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Euripides,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>55222</v>
+        <v>55298</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Exomologesis, sive modus confitendi • Enarratio in psalmum III, Domine quid multiplicati • Duo diplomata Papae A ...</t>
+          <t>Commentarius in Nucem Ouidii • Commentarius in duos hymnos Prudentii</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>55239</v>
+        <v>55222</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in Acta Apostolorum</t>
+          <t>Exomologesis, sive modus confitendi • Enarratio in psalmum III, Domine quid multiplicati • Duo diplomata Papae A ...</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>55240</v>
+        <v>55239</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>De libero arbitrio diatribe</t>
+          <t>Paraphrasis in Acta Apostolorum</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>55257</v>
+        <v>55240</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>De immensa Dei misericordia concio • Virginis et martyris comparatio</t>
+          <t>De libero arbitrio diatribe</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>55264</v>
+        <v>55257</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in Acta Apostolorum</t>
+          <t>De immensa Dei misericordia concio • Virginis et martyris comparatio</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -1819,505 +1819,505 @@
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1525 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>55281</v>
+        <v>55272</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Prologus in supputationem calumniarum Natalis Bedae • Declarationes aduersus Theologos Parisienses • Diuinatione ...</t>
+          <t>Colloquia - Opus</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>55214</v>
+        <v>55281</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Lingua</t>
+          <t>Prologus in supputationem calumniarum Natalis Bedae • Declarationes aduersus Theologos Parisienses • Diuinatione ...</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>55300</v>
+        <v>55214</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Exhortatio ad bonas artes, praesertim medicinam • Quod optimus medicus idem sit et philosophus • De optimo docen ...</t>
+          <t>Lingua</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Galenus,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>55242</v>
+        <v>55300</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Christiani matrimonii institutio</t>
+          <t>Exhortatio ad bonas artes, praesertim medicinam • Quod optimus medicus idem sit et philosophus • De optimo docen ...</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Galenus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>55243</v>
+        <v>55242</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Adversus haereseon opiniones</t>
+          <t>Christiani matrimonii institutio</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Irenaeus,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>55246</v>
+        <v>55243</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Hyperaspistes diatribae aduersus seruum arbitrium Martini Lutheri</t>
+          <t>Adversus haereseon opiniones</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Irenaeus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>55248</v>
+        <v>55246</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Detectio praestigiarum cuiusdam libelli</t>
+          <t>Hyperaspistes diatribae aduersus seruum arbitrium Martini Lutheri</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>55272</v>
+        <v>55248</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Colloquia - Opus</t>
+          <t>Detectio praestigiarum cuiusdam libelli</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>55309</v>
+        <v>55267</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Hyperaspistes diatribes liber secundus</t>
+          <t>Novum Testamentum ab Erasmo recognitum • Apologia • Capita argumentorum contra morosos quosdam ac indoctos • A ...</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1527 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>55224</v>
+        <v>55309</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Omnia opera</t>
+          <t>Hyperaspistes diatribes liber secundus</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Ambrosius,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1527 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>55252</v>
+        <v>55224</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Fragmenti Commentariorum in Euangelium secundum Mattheum</t>
+          <t>Omnia opera</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Origenes,  / Frobenius, Ioannes</t>
+          <t>Ambrosius,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1527 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>55267</v>
+        <v>55252</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Novum Testamentum ab Erasmo recognitum • Apologia • Capita argumentorum contra morosos quosdam ac indoctos • A ...</t>
+          <t>Fragmenti Commentariorum in Euangelium secundum Mattheum</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Frobenius, Ioannes</t>
+          <t>Origenes,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1527 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>