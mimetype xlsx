--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -379,325 +379,325 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>55692</v>
+        <v>56246</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Ensemble robe courte et cravates</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Delcampe, Tony  / Tony Delcampe et Sandrine Rombaux ,  / Sandrine Rombaux</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>55694</v>
+        <v>63124</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous</t>
+          <t>Echarpe </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>sergé, tulle</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>55695</v>
+        <v>63128</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>55697</v>
+        <v>55692</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56246</v>
+        <v>55694</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et cravates</t>
+          <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Delcampe, Tony  / Tony Delcampe et Sandrine Rombaux ,  / Sandrine Rombaux</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>sergé, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63124</v>
+        <v>55695</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Echarpe </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>63128</v>
+        <v>55697</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>tulle, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>55699</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Blouse asymétrique</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>