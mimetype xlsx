--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,87 +179,87 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97305</v>
+        <v>97306</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Yalek : Les Prisonniers de Yacomac - planche : 20</t>
+          <t>Yalek : Les Prisonniers de Yacomac - planche : 35</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Denayer, Christian / Duchâteau, André-Paul</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97306</v>
+        <v>97305</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Yalek : Les Prisonniers de Yacomac - planche : 35</t>
+          <t>Yalek : Les Prisonniers de Yacomac - planche : 20</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Denayer, Christian / Duchâteau, André-Paul</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>