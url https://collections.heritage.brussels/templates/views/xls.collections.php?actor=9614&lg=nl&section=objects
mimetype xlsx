--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -451,355 +451,355 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56704</v>
+        <v>55837</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t> LGV1H25, Envie de ralentir</t>
+          <t> Vivement dimanche</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56705</v>
+        <v>56704</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t> Bretagne Express</t>
+          <t> LGV1H25, Envie de ralentir</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>57178</v>
+        <v>56705</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Dialogues</t>
+          <t> Bretagne Express</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>dessin, livre</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>62527</v>
+        <v>57178</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t> Dépliant Les Champs Libres Novembre - Décembre 2016</t>
+          <t>Dialogues</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Durieux , Jack / Durieux , Laurent</t>
+          <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>dessin, livre</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>62865</v>
+        <v>62527</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La Type 12 - Au repos</t>
+          <t> Dépliant Les Champs Libres Novembre - Décembre 2016</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Durieux , Laurent</t>
+          <t>Schuiten, Francois / Durieux , Jack / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>62920</v>
+        <v>62865</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Dialogues</t>
+          <t>La Type 12 - Au repos</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>63078</v>
+        <v>62920</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Envie de ralentir</t>
+          <t>Dialogues</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>55837</v>
+        <v>63078</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t> Vivement dimanche</t>
+          <t>Envie de ralentir</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Durieux , Laurent</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>62907</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Les Cités Obscures - La Fièvre d’Urbicande</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>