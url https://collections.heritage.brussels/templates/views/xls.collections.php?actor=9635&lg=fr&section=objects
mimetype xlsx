--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -268,91 +268,91 @@
           <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>77364</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1581 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>plan d'urbanisme</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77363</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda dans “Civitates orbis terrarum”</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Hogenberg, Frans / Braun, Georg</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1585 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>plan d'urbanisme</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, peint</t>