--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,125 +179,125 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>88738</v>
+        <v>50505</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg / Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1572 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>eau-forte, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>50505</v>
+        <v>88738</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Plan de Bruxelles de Braun et Hogenberg (Civitatis Orbis Terrarum)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg / Hogenberg, Frans</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1572 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe, cartes géographique</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, rehaussé</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>77364</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1581 - </t>