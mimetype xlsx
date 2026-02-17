--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -579,125 +579,125 @@
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>taupé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56280</v>
+        <v>72243</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Bonnet</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>72243</v>
+        <v>56280</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Bonnet</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>tricot</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>63359</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Chapeau "Diabolo"</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>