--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -219,365 +219,365 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>56273</v>
+        <v>56270</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Chapeau de paille</t>
+          <t>Béret</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>paille</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>velours, taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56284</v>
+        <v>56273</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Chapeau de paille</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>paille</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56287</v>
+        <v>56284</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>paille</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56289</v>
+        <v>56287</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Chapeau haut-de-forme</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>paille</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>56198</v>
+        <v>56289</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Boite à chapeau</t>
+          <t>Chapeau haut-de-forme</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1987 - 2000</t>
+          <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56199</v>
+        <v>56198</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Boite à chapeau</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1987 - 2000</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>boite</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>carton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56265</v>
+        <v>56199</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Chapeau à bords</t>
+          <t>Boite à chapeau</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1987 - 2019</t>
+          <t>1987 - 2000</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton, lin</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56270</v>
+        <v>56265</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Béret</t>
+          <t>Chapeau à bords</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton, lin</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>velours, taupé</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>56342</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Stetson</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>