--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -219,365 +219,365 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>56270</v>
+        <v>56198</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Béret</t>
+          <t>Boite à chapeau</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1987 - 2019</t>
+          <t>1987 - 2000</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>velours, taupé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56273</v>
+        <v>56199</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Chapeau de paille</t>
+          <t>Boite à chapeau</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1987 - 2019</t>
+          <t>1987 - 2000</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>paille</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56284</v>
+        <v>56265</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Chapeau à bords</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, lin</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56287</v>
+        <v>56270</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Béret</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>paille</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>velours, taupé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>56289</v>
+        <v>56273</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Chapeau haut-de-forme</t>
+          <t>Chapeau de paille</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>paille</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56198</v>
+        <v>56284</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Boite à chapeau</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1987 - 2000</t>
+          <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56199</v>
+        <v>56287</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Boite à chapeau</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1987 - 2000</t>
+          <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>paille</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56265</v>
+        <v>56289</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Chapeau à bords</t>
+          <t>Chapeau haut-de-forme</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1987 - 2019</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton, lin</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>56342</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Stetson</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>