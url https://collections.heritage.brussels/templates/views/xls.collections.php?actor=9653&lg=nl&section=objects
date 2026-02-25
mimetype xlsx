--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -179,125 +179,125 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>56250</v>
+        <v>105882</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Pull</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1994 - 2001</t>
+          <t>1994 - 2000</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>sergé, armures multiples</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>105882</v>
+        <v>56250</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Pull</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1994 - 2000</t>
+          <t>1994 - 2001</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>sergé, armures multiples</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>61837</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Robe courte "Star"</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
@@ -339,685 +339,685 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56407</v>
+        <v>61839</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe trapèze "Eclipse"</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>toile, shantung</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>56408</v>
+        <v>61840</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe courte "Night Flight"</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>shantung, toile</t>
+          <t>sergé, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>61839</v>
+        <v>61841</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze "Eclipse"</t>
+          <t>Robe du soir "Solaris"</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>crêpe, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>61840</v>
+        <v>56407</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Robe courte "Night Flight"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>sergé, laque</t>
+          <t>toile, shantung</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>61841</v>
+        <v>56408</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir "Solaris"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>crêpe, sergé</t>
+          <t>shantung, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56410</v>
+        <v>56413</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Robe bustier</t>
+          <t>Jupe trapèze</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56411</v>
+        <v>56414</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>56413</v>
+        <v>56415</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Jupe trapèze</t>
+          <t>Ensemble débardeur et jupe</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>56414</v>
+        <v>56416</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>jersey, floqué</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>56415</v>
+        <v>105878</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et jupe</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>56416</v>
+        <v>105879</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Robe combinaison</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>105878</v>
+        <v>105880</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 2000</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>105879</v>
+        <v>105881</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Polo</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 2000</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>105880</v>
+        <v>105883</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2000</t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>105881</v>
+        <v>56410</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Polo</t>
+          <t>Robe bustier</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2000</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>105883</v>
+        <v>56411</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester</t>
+          <t>fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>56417</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Débardeur</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>