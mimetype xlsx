--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -419,115 +419,115 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56885</v>
+        <v>62956</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t> Hommage à Jacobs</t>
+          <t>Etude préparatoire visuel E.P Jacobs</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Gilles, Ziller  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>62956</v>
+        <v>56885</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Etude préparatoire visuel E.P Jacobs</t>
+          <t> Hommage à Jacobs</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Gilles, Ziller  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>