--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,176 +179,176 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>56859</v>
+        <v>56873</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Où allez-vous frères étranges?</t>
+          <t>Tête II</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>56873</v>
+        <v>57136</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tête II</t>
+          <t>Paysage de Florence</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
-[...2 lines deleted...]
-      <c r="H3" s="2"/>
+          <t>pastel, papier</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>57136</v>
+        <v>57141</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Florence</t>
+          <t>Bord de mer</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>pastel, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>gouache, toile</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>57141</v>
+        <v>56859</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Bord de mer</t>
+          <t>Où allez-vous frères étranges?</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>gouache, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>56871</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Le modèle</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
@@ -387,159 +387,159 @@
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56863</v>
+        <v>57127</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>Prière</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G8" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56864</v>
+        <v>56863</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le petit modèle</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>57127</v>
+        <v>56864</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Prière</t>
+          <t>Le petit modèle</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...3 lines deleted...]
-      <c r="H10" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>56874</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Jardin</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Weyers, Anne-Marie</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>