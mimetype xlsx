--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -283,105 +283,105 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56877</v>
+        <v>57085</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Schuiten &amp; Peeters. Autour des Cités Obscures.</t>
+          <t>Töpffer. L’invention de la bande dessinée</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Jans, Michel / Douvry, Jean-François / Brunon, Claude-Françoise / Ratier, Gilles / Elkaïm, Mony / Groensteen, Thierry</t>
+          <t>Peeters, Benoît / Groensteen, Thierry</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>57085</v>
+        <v>56877</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Töpffer. L’invention de la bande dessinée</t>
+          <t>Schuiten &amp; Peeters. Autour des Cités Obscures.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Groensteen, Thierry</t>
+          <t>Jans, Michel / Douvry, Jean-François / Brunon, Claude-Françoise / Ratier, Gilles / Elkaïm, Mony / Groensteen, Thierry</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">