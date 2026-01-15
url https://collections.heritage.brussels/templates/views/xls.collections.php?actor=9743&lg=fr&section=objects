--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -259,95 +259,95 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56883</v>
+        <v>56889</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le Temps des Cités</t>
+          <t>Le Temps des Cités NL</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56889</v>
+        <v>56883</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Temps des Cités NL</t>
+          <t>Le Temps des Cités</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Bellefroid, Thierry / Garcia, Tristan / Grillet, Thierry / Mouchart, Benoît / Peeters, Benoît / Wittock, Michel</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>