--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,153 +179,153 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>57051</v>
+        <v>57048</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles Itinéraires NL</t>
+          <t>Bruxelles Itinéraires</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Coste, Christine</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
-      <c r="F2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>57061</v>
+        <v>57051</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles Itinerari d’autore (Bruxelles Itinéraires)</t>
+          <t>Bruxelles Itinéraires NL</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Coste, Christine</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>57048</v>
+        <v>57061</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles Itinéraires</t>
+          <t>Bruxelles Itinerari d’autore (Bruxelles Itinéraires)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Coste, Christine</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>livre</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>57056</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Bruxelas Percursos (Bruxelles Itinéraires)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>