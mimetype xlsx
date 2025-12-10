--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -331,160 +331,160 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62876</v>
+        <v>62260</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t> Influences</t>
+          <t>Couverture (A Suivre) NO. 96</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62260</v>
+        <v>62271</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Couverture (A Suivre) NO. 96</t>
+          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62271</v>
+        <v>62876</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
+          <t> Influences</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>57222</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Art et innovation dans la bande dessinée européenne</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
@@ -803,305 +803,305 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>57385</v>
+        <v>62268</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles à Brüsel</t>
+          <t>Hachette Livre</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>57388</v>
+        <v>57385</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Biblio-Thèses 1994</t>
+          <t>Bruxelles à Brüsel</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>62268</v>
+        <v>57388</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Hachette Livre</t>
+          <t>Biblio-Thèses 1994</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>57115</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t> Espace BD 1986-1996 Expositions. Editions. Ex-libris</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>62538</v>
+        <v>57205</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Vive le noir et blanc</t>
+          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57205</v>
+        <v>62316</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
+          <t> Dansk Byplanlaboratorium 1996</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>62316</v>
+        <v>62538</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t> Dansk Byplanlaboratorium 1996</t>
+          <t>Vive le noir et blanc</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
@@ -1483,721 +1483,721 @@
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, carton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>57401</v>
+        <v>56980</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Un tour du monde dessiné en 20 posters par les plus grands noms de la BD</t>
+          <t>Hergé, l’hommage de la bande dessinée 1983-2003</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>56980</v>
+        <v>57004</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Hergé, l’hommage de la bande dessinée 1983-2003</t>
+          <t>Angoulême, la BD dans la ville</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Groensteen, Thierry</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>57004</v>
+        <v>57401</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Angoulême, la BD dans la ville</t>
+          <t>Un tour du monde dessiné en 20 posters par les plus grands noms de la BD</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Groensteen, Thierry</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>57524</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Cheminots et chemins de fer en Nord-Pas-De-Calais</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>62969</v>
+        <v>57519</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>10 ans</t>
+          <t>Little Némo. 1905-2005. Un siècle de rêves</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>57519</v>
+        <v>57520</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Little Némo. 1905-2005. Un siècle de rêves</t>
+          <t>Little Nemo. 1905-2005. Un siglo de sueños (Little Némo. 1905-2005. Un siècle de rêves)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57520</v>
+        <v>57527</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Little Nemo. 1905-2005. Un siglo de sueños (Little Némo. 1905-2005. Un siècle de rêves)</t>
+          <t>Dessins pour le climat</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>57527</v>
+        <v>62969</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Dessins pour le climat</t>
+          <t>10 ans</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>62653</v>
+        <v>57526</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t> Re-change</t>
+          <t>Bordeaux Métropole 3.0 La ville désirable</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, encre, métal</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>62948</v>
+        <v>57249</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>1914 : Le Grand Cabaret</t>
+          <t>L'auteur et son libraire</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>encre, matière plastique, papier</t>
-[...2 lines deleted...]
-      <c r="H44" s="2"/>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
+      <c r="H44" s="2" t="inlineStr">
+        <is>
+          <t>dessin, technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57526</v>
+        <v>62653</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Bordeaux Métropole 3.0 La ville désirable</t>
+          <t> Re-change</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, métal</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>57249</v>
+        <v>62948</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>L'auteur et son libraire</t>
+          <t>1914 : Le Grand Cabaret</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre, matière plastique, papier</t>
+        </is>
+      </c>
+      <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>62533</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>L'Etrange partition sonore</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>journal, objet de communication</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, matière plastique, carton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57394</v>
+        <v>57014</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Chaland. Portrait de l'artiste</t>
+          <t>Comics in translation (Traduire la bande dessinée)</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>62970</v>
+        <v>57018</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Quai des Orfèvres</t>
+          <t>Sollies 20 ans!</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Ghenne, Arthur / Dragone, Franco / Schuiten, Francois / Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre, dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>57014</v>
+        <v>57394</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Comics in translation (Traduire la bande dessinée)</t>
+          <t>Chaland. Portrait de l'artiste</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>57018</v>
+        <v>62970</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Sollies 20 ans!</t>
+          <t>Quai des Orfèvres</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Ghenne, Arthur / Dragone, Franco / Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>livre, dessin</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
         <v>57389</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Bruxelles. 20 ans / 20 auteurs. </t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
@@ -2279,320 +2279,320 @@
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>57318</v>
+        <v>57498</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Bruits. Echos du patrimoine culturel immatériel</t>
+          <t>Intégration d'oeuvres d'art</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>57498</v>
+        <v>62312</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Intégration d'oeuvres d'art</t>
+          <t> Itinerari d’autore</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>62312</v>
+        <v>57318</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t> Itinerari d’autore</t>
+          <t>Bruits. Echos du patrimoine culturel immatériel</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>62828</v>
+        <v>57290</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Comics for kids</t>
+          <t>Galerie Champaka &amp; 9e Art. BRAFA 2012</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Schuiten, Francois / Collectif,  / Verhoest, Eric</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>57290</v>
+        <v>62828</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Galerie Champaka &amp; 9e Art. BRAFA 2012</t>
+          <t>Comics for kids</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,  / Verhoest, Eric</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>63033</v>
+        <v>57611</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>New Species Volume X</t>
+          <t>Oh, ce sera beau!</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>57611</v>
+        <v>63033</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Oh, ce sera beau!</t>
+          <t>New Species Volume X</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, matière plastique</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>62542</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Prog-résiste 75</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
@@ -2679,185 +2679,185 @@
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>57381</v>
+        <v>62199</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Des machines et des hommes - À la découverte du monde des trains </t>
+          <t>C'est la nuit !</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois / Opdecam, Christine</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>carton, encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>57382</v>
+        <v>57381</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Of men and machines, discovering the World of trains (Des machines et des hommes - À la découverte du monde des trains)</t>
+          <t>Des machines et des hommes - À la découverte du monde des trains </t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois / Opdecam, Christine</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, encre, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>57383</v>
+        <v>57382</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Des machines et des hommes - À la découverte du monde des trains  NL</t>
+          <t>Of men and machines, discovering the World of trains (Des machines et des hommes - À la découverte du monde des trains)</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,  / Opdecam, Christine</t>
+          <t>Collectif,  / Schuiten, Francois / Opdecam, Christine</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>62199</v>
+        <v>57383</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>C'est la nuit !</t>
+          <t>Des machines et des hommes - À la découverte du monde des trains  NL</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schuiten, Francois / Collectif,  / Opdecam, Christine</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">