--- v1 (2025-12-10)
+++ v2 (2026-01-28)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -331,160 +331,160 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62260</v>
+        <v>62876</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Couverture (A Suivre) NO. 96</t>
+          <t> Influences</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62271</v>
+        <v>62260</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
+          <t>Couverture (A Suivre) NO. 96</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62876</v>
+        <v>62271</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t> Influences</t>
+          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>57222</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Art et innovation dans la bande dessinée européenne</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
@@ -803,305 +803,305 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>62268</v>
+        <v>57385</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Hachette Livre</t>
+          <t>Bruxelles à Brüsel</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>57385</v>
+        <v>57388</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles à Brüsel</t>
+          <t>Biblio-Thèses 1994</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>57388</v>
+        <v>62268</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Biblio-Thèses 1994</t>
+          <t>Hachette Livre</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>57115</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t> Espace BD 1986-1996 Expositions. Editions. Ex-libris</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>57205</v>
+        <v>62538</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
+          <t>Vive le noir et blanc</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>62316</v>
+        <v>57205</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t> Dansk Byplanlaboratorium 1996</t>
+          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>62538</v>
+        <v>62316</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Vive le noir et blanc</t>
+          <t> Dansk Byplanlaboratorium 1996</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
@@ -1483,1266 +1483,1262 @@
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, carton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>56980</v>
+        <v>57401</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Hergé, l’hommage de la bande dessinée 1983-2003</t>
+          <t>Un tour du monde dessiné en 20 posters par les plus grands noms de la BD</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>57004</v>
+        <v>77483</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Angoulême, la BD dans la ville</t>
+          <t>Série de 52 dessins élèves de St Luc Le Logis</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Groensteen, Thierry</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>57401</v>
+        <v>56980</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Un tour du monde dessiné en 20 posters par les plus grands noms de la BD</t>
+          <t>Hergé, l’hommage de la bande dessinée 1983-2003</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>57524</v>
+        <v>57004</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Cheminots et chemins de fer en Nord-Pas-De-Calais</t>
+          <t>Angoulême, la BD dans la ville</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Groensteen, Thierry</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>57519</v>
+        <v>57524</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Little Némo. 1905-2005. Un siècle de rêves</t>
+          <t>Cheminots et chemins de fer en Nord-Pas-De-Calais</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>57520</v>
+        <v>62969</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Little Nemo. 1905-2005. Un siglo de sueños (Little Némo. 1905-2005. Un siècle de rêves)</t>
+          <t>10 ans</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57527</v>
+        <v>57519</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Dessins pour le climat</t>
+          <t>Little Némo. 1905-2005. Un siècle de rêves</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>62969</v>
+        <v>57520</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>10 ans</t>
+          <t>Little Nemo. 1905-2005. Un siglo de sueños (Little Némo. 1905-2005. Un siècle de rêves)</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>57526</v>
+        <v>57527</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Bordeaux Métropole 3.0 La ville désirable</t>
+          <t>Dessins pour le climat</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, métal</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>57249</v>
+        <v>62653</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>L'auteur et son libraire</t>
+          <t> Re-change</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>62653</v>
+        <v>62948</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t> Re-change</t>
+          <t>1914 : Le Grand Cabaret</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre, matière plastique, papier</t>
+        </is>
+      </c>
+      <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>62948</v>
+        <v>57526</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>1914 : Le Grand Cabaret</t>
+          <t>Bordeaux Métropole 3.0 La ville désirable</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>encre, matière plastique, papier</t>
-[...2 lines deleted...]
-      <c r="H46" s="2"/>
+          <t>papier, encre, métal</t>
+        </is>
+      </c>
+      <c r="H46" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>62533</v>
+        <v>57249</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>L'Etrange partition sonore</t>
+          <t>L'auteur et son libraire</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>journal, objet de communication</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57014</v>
+        <v>62533</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Comics in translation (Traduire la bande dessinée)</t>
+          <t>L'Etrange partition sonore</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>journal, objet de communication</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, carton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>57018</v>
+        <v>57394</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Sollies 20 ans!</t>
+          <t>Chaland. Portrait de l'artiste</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>livre, dessin</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>57394</v>
+        <v>62970</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Chaland. Portrait de l'artiste</t>
+          <t>Quai des Orfèvres</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Ghenne, Arthur / Dragone, Franco / Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>62970</v>
+        <v>57014</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Quai des Orfèvres</t>
+          <t>Comics in translation (Traduire la bande dessinée)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Ghenne, Arthur / Dragone, Franco / Schuiten, Francois / Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>57389</v>
+        <v>57018</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles. 20 ans / 20 auteurs. </t>
+          <t>Sollies 20 ans!</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>livre, dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>57110</v>
+        <v>57389</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Paul Otlet, fondateur du Mundaneum (1868-1944). Architecte du savoir, artisan de paix.</t>
+          <t>Bruxelles. 20 ans / 20 auteurs. </t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>57217</v>
+        <v>57110</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Archi &amp; BD, la ville dessinée</t>
+          <t>Paul Otlet, fondateur du Mundaneum (1868-1944). Architecte du savoir, artisan de paix.</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>57498</v>
+        <v>57217</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Intégration d'oeuvres d'art</t>
+          <t>Archi &amp; BD, la ville dessinée</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>62312</v>
+        <v>57318</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t> Itinerari d’autore</t>
+          <t>Bruits. Echos du patrimoine culturel immatériel</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>57318</v>
+        <v>57498</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Bruits. Echos du patrimoine culturel immatériel</t>
+          <t>Intégration d'oeuvres d'art</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>57290</v>
+        <v>62312</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Galerie Champaka &amp; 9e Art. BRAFA 2012</t>
+          <t> Itinerari d’autore</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,  / Verhoest, Eric</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
         <v>62828</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>Comics for kids</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>57611</v>
+        <v>57290</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Oh, ce sera beau!</t>
+          <t>Galerie Champaka &amp; 9e Art. BRAFA 2012</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Schuiten, Francois / Collectif,  / Verhoest, Eric</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>63033</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>New Species Volume X</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>objet de communication</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier, matière plastique</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>62542</v>
+        <v>57611</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Prog-résiste 75</t>
+          <t>Oh, ce sera beau!</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>journal, objet de communication</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, matière plastique, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>62800</v>
+        <v>62542</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Programme Sept. Déc. 2014 - Cité de l’architecture et du patrimoine</t>
+          <t>Prog-résiste 75</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>journal, objet de communication</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>57393</v>
+        <v>62800</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>La Grimace du monde. Le fantastique entre Bosch, Bruegel et la bande dessinée.</t>
+          <t>Programme Sept. Déc. 2014 - Cité de l’architecture et du patrimoine</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>62199</v>
+        <v>57393</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>C'est la nuit !</t>
+          <t>La Grimace du monde. Le fantastique entre Bosch, Bruegel et la bande dessinée.</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>57381</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Des machines et des hommes - À la découverte du monde des trains </t>
@@ -2839,119 +2835,159 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>57172</v>
+        <v>62199</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Le Dépossédé (Territoires de Jacques Abeille)</t>
+          <t>C'est la nuit !</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Abeille, Jacques / Collectif</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>2016 - </t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
+        <v>57172</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Le Dépossédé (Territoires de Jacques Abeille)</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Schuiten, Francois / Abeille, Jacques / Collectif</t>
+        </is>
+      </c>
+      <c r="E70" s="2" t="inlineStr">
+        <is>
+          <t>2016 - </t>
+        </is>
+      </c>
+      <c r="F70" s="2" t="inlineStr">
+        <is>
+          <t>livre</t>
+        </is>
+      </c>
+      <c r="G70" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
+      <c r="H70" s="2" t="inlineStr">
+        <is>
+          <t>dessin, technique d'impression</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="1" t="n">
         <v>100359</v>
       </c>
-      <c r="B70" s="2" t="inlineStr">
+      <c r="B71" s="2" t="inlineStr">
         <is>
           <t>fresque Montagne-de-Sable</t>
         </is>
       </c>
-      <c r="C70" s="2" t="inlineStr">
+      <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
-      <c r="D70" s="2" t="inlineStr">
+      <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
-      <c r="E70" s="2" t="inlineStr">
+      <c r="E71" s="2" t="inlineStr">
         <is>
           <t>2023 - 2024</t>
         </is>
       </c>
-      <c r="F70" s="2" t="inlineStr">
+      <c r="F71" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, peinture murale</t>
         </is>
       </c>
-      <c r="G70" s="2"/>
-      <c r="H70" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>