--- v2 (2026-01-28)
+++ v3 (2026-03-17)
@@ -331,281 +331,281 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62876</v>
+        <v>62271</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t> Influences</t>
+          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62260</v>
+        <v>62876</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Couverture (A Suivre) NO. 96</t>
+          <t> Influences</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62271</v>
+        <v>62260</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
+          <t>Couverture (A Suivre) NO. 96</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>57222</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Art et innovation dans la bande dessinée européenne</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56998</v>
+        <v>62392</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>1936 - Dernières nouvelles</t>
+          <t> Dix ans c’est un cliché</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schréder, Etienne / Goffin, Alain / Peeters, Benoît / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>62392</v>
+        <v>56998</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t> Dix ans c’est un cliché</t>
+          <t>1936 - Dernières nouvelles</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schréder, Etienne / Goffin, Alain / Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>56989</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Les Contes de la soif</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Fromental, Jean-Luc / Schuiten, Francois / Collectif</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
@@ -963,405 +963,405 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>62538</v>
+        <v>62316</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Vive le noir et blanc</t>
+          <t> Dansk Byplanlaboratorium 1996</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57205</v>
+        <v>62538</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
+          <t>Vive le noir et blanc</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>62316</v>
+        <v>57205</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t> Dansk Byplanlaboratorium 1996</t>
+          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>57397</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Le Monde est petit</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Joor, Thierry / Collectif</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>57525</v>
+        <v>57239</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>The Golden Book of Brussels 1998-1999 (Le Livre d'or de Bruxelles 1998-1999)</t>
+          <t>Etranges nouvelles. François Schuiten et Benoît Peeters inspirent 13 jeunes auteurs</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>57239</v>
+        <v>57525</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Etranges nouvelles. François Schuiten et Benoît Peeters inspirent 13 jeunes auteurs</t>
+          <t>The Golden Book of Brussels 1998-1999 (Le Livre d'or de Bruxelles 1998-1999)</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>62198</v>
+        <v>62314</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>L'Avenir. Manuel de l'utilisateur. El futuro. Manual de instrucciones</t>
+          <t> Travelling villes imaginaires</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>62314</v>
+        <v>57317</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t> Travelling villes imaginaires</t>
+          <t>Histoires de lecture</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>57317</v>
+        <v>62198</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Histoires de lecture</t>
+          <t>L'Avenir. Manuel de l'utilisateur. El futuro. Manual de instrucciones</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>57473</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t> Maîtres de la bande dessinée européenne. Fiches pédagogiques: les héros de la BD</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
@@ -1839,201 +1839,201 @@
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>62653</v>
+        <v>57249</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t> Re-change</t>
+          <t>L'auteur et son libraire</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>62948</v>
+        <v>62653</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>1914 : Le Grand Cabaret</t>
+          <t> Re-change</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>encre, matière plastique, papier</t>
-[...2 lines deleted...]
-      <c r="H45" s="2"/>
+          <t>matière plastique, papier, encre</t>
+        </is>
+      </c>
+      <c r="H45" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>57526</v>
+        <v>62948</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Bordeaux Métropole 3.0 La ville désirable</t>
+          <t>1914 : Le Grand Cabaret</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, métal</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre, matière plastique, papier</t>
+        </is>
+      </c>
+      <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>57249</v>
+        <v>57526</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>L'auteur et son libraire</t>
+          <t>Bordeaux Métropole 3.0 La ville désirable</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, métal</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>62533</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>L'Etrange partition sonore</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
@@ -2235,320 +2235,320 @@
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>57110</v>
+        <v>57217</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Paul Otlet, fondateur du Mundaneum (1868-1944). Architecte du savoir, artisan de paix.</t>
+          <t>Archi &amp; BD, la ville dessinée</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>57217</v>
+        <v>57110</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Archi &amp; BD, la ville dessinée</t>
+          <t>Paul Otlet, fondateur du Mundaneum (1868-1944). Architecte du savoir, artisan de paix.</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>57318</v>
+        <v>62312</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Bruits. Echos du patrimoine culturel immatériel</t>
+          <t> Itinerari d’autore</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>57498</v>
+        <v>57318</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Intégration d'oeuvres d'art</t>
+          <t>Bruits. Echos du patrimoine culturel immatériel</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>62312</v>
+        <v>57498</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t> Itinerari d’autore</t>
+          <t>Intégration d'oeuvres d'art</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>62828</v>
+        <v>57290</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Comics for kids</t>
+          <t>Galerie Champaka &amp; 9e Art. BRAFA 2012</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Schuiten, Francois / Collectif,  / Verhoest, Eric</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>57290</v>
+        <v>62828</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Galerie Champaka &amp; 9e Art. BRAFA 2012</t>
+          <t>Comics for kids</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,  / Verhoest, Eric</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>63033</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>New Species Volume X</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>