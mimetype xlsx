--- v3 (2026-03-17)
+++ v4 (2026-03-17)
@@ -251,225 +251,225 @@
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>57017</v>
+        <v>57103</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>De fil en images, d’images en récits</t>
+          <t> XIV Planches pour une semaine du Transport Urbain</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schréder, Etienne / Grenson, Olivier  / Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>57103</v>
+        <v>57017</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t> XIV Planches pour une semaine du Transport Urbain</t>
+          <t>De fil en images, d’images en récits</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Schréder, Etienne / Grenson, Olivier  / Collectif,  / Schuiten, Francois</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62271</v>
+        <v>62260</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
+          <t>Couverture (A Suivre) NO. 96</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62876</v>
+        <v>62271</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t> Influences</t>
+          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62260</v>
+        <v>62876</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Couverture (A Suivre) NO. 96</t>
+          <t> Influences</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
@@ -803,325 +803,325 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>57385</v>
+        <v>62268</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles à Brüsel</t>
+          <t>Hachette Livre</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>57388</v>
+        <v>57385</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Biblio-Thèses 1994</t>
+          <t>Bruxelles à Brüsel</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>62268</v>
+        <v>57388</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Hachette Livre</t>
+          <t>Biblio-Thèses 1994</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>57115</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t> Espace BD 1986-1996 Expositions. Editions. Ex-libris</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>62316</v>
+        <v>57205</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t> Dansk Byplanlaboratorium 1996</t>
+          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>62538</v>
+        <v>62316</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Vive le noir et blanc</t>
+          <t> Dansk Byplanlaboratorium 1996</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>57205</v>
+        <v>62538</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Architectures rêvées. Victor Horta et le Musée des Beaux-Arts de Tournai</t>
+          <t>Vive le noir et blanc</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>57397</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Le Monde est petit</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Joor, Thierry / Collectif</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
@@ -1203,165 +1203,165 @@
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>62314</v>
+        <v>62198</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t> Travelling villes imaginaires</t>
+          <t>L'Avenir. Manuel de l'utilisateur. El futuro. Manual de instrucciones</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, carton</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>57317</v>
+        <v>62314</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Histoires de lecture</t>
+          <t> Travelling villes imaginaires</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>62198</v>
+        <v>57317</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>L'Avenir. Manuel de l'utilisateur. El futuro. Manual de instrucciones</t>
+          <t>Histoires de lecture</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>57473</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t> Maîtres de la bande dessinée européenne. Fiches pédagogiques: les héros de la BD</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
@@ -2235,125 +2235,125 @@
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>57217</v>
+        <v>57110</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Archi &amp; BD, la ville dessinée</t>
+          <t>Paul Otlet, fondateur du Mundaneum (1868-1944). Architecte du savoir, artisan de paix.</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>57110</v>
+        <v>57217</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Paul Otlet, fondateur du Mundaneum (1868-1944). Architecte du savoir, artisan de paix.</t>
+          <t>Archi &amp; BD, la ville dessinée</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>62312</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t> Itinerari d’autore</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
@@ -2715,185 +2715,185 @@
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>57381</v>
+        <v>62199</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Des machines et des hommes - À la découverte du monde des trains </t>
+          <t>C'est la nuit !</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois / Opdecam, Christine</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>carton, encre, papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>57382</v>
+        <v>57381</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Of men and machines, discovering the World of trains (Des machines et des hommes - À la découverte du monde des trains)</t>
+          <t>Des machines et des hommes - À la découverte du monde des trains </t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois / Opdecam, Christine</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>carton, encre, papier</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>57383</v>
+        <v>57382</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Des machines et des hommes - À la découverte du monde des trains  NL</t>
+          <t>Of men and machines, discovering the World of trains (Des machines et des hommes - À la découverte du monde des trains)</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,  / Opdecam, Christine</t>
+          <t>Collectif,  / Schuiten, Francois / Opdecam, Christine</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>62199</v>
+        <v>57383</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>C'est la nuit !</t>
+          <t>Des machines et des hommes - À la découverte du monde des trains  NL</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Schuiten, Francois / Collectif,  / Opdecam, Christine</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">