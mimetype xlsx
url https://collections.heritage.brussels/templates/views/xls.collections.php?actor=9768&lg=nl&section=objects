--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -331,160 +331,160 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62876</v>
+        <v>62260</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t> Influences</t>
+          <t>Couverture (A Suivre) NO. 96</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62260</v>
+        <v>62271</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Couverture (A Suivre) NO. 96</t>
+          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Collectif,  / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62271</v>
+        <v>62876</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>En scène pour la B.D. ! (Ponc Ponc Ponc Franquin)</t>
+          <t> Influences</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>57222</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Art et innovation dans la bande dessinée européenne</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
@@ -1643,551 +1643,551 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>62969</v>
+        <v>57519</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>10 ans</t>
+          <t>Little Némo. 1905-2005. Un siècle de rêves</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>57519</v>
+        <v>57520</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Little Némo. 1905-2005. Un siècle de rêves</t>
+          <t>Little Nemo. 1905-2005. Un siglo de sueños (Little Némo. 1905-2005. Un siècle de rêves)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57520</v>
+        <v>57527</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Little Nemo. 1905-2005. Un siglo de sueños (Little Némo. 1905-2005. Un siècle de rêves)</t>
+          <t>Dessins pour le climat</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>57527</v>
+        <v>62969</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Dessins pour le climat</t>
+          <t>10 ans</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>62948</v>
+        <v>57526</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>1914 : Le Grand Cabaret</t>
+          <t>Bordeaux Métropole 3.0 La ville désirable</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
+          <t>Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>encre, matière plastique, papier</t>
-[...2 lines deleted...]
-      <c r="H43" s="2"/>
+          <t>papier, encre, métal</t>
+        </is>
+      </c>
+      <c r="H43" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>57526</v>
+        <v>57249</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Bordeaux Métropole 3.0 La ville désirable</t>
+          <t>L'auteur et son libraire</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, métal</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57249</v>
+        <v>62653</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>L'auteur et son libraire</t>
+          <t> Re-change</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>matière plastique, papier, encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>62653</v>
+        <v>62948</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t> Re-change</t>
+          <t>1914 : Le Grand Cabaret</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif,  / Schuiten, Francois / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre, matière plastique, papier</t>
+        </is>
+      </c>
+      <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>62533</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>L'Etrange partition sonore</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>journal, objet de communication</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, matière plastique, carton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>57394</v>
+        <v>62970</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Chaland. Portrait de l'artiste</t>
+          <t>Quai des Orfèvres</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Ghenne, Arthur / Dragone, Franco / Schuiten, Francois / Collectif,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>62970</v>
+        <v>57014</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Quai des Orfèvres</t>
+          <t>Comics in translation (Traduire la bande dessinée)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Ghenne, Arthur / Dragone, Franco / Schuiten, Francois / Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>57014</v>
+        <v>57018</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Comics in translation (Traduire la bande dessinée)</t>
+          <t>Sollies 20 ans!</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>livre, dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>57018</v>
+        <v>57394</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Sollies 20 ans!</t>
+          <t>Chaland. Portrait de l'artiste</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>livre, dessin</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
         <v>57389</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Bruxelles. 20 ans / 20 auteurs. </t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -2559,165 +2559,165 @@
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier, encre, carton</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>57393</v>
+        <v>62542</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>La Grimace du monde. Le fantastique entre Bosch, Bruegel et la bande dessinée.</t>
+          <t>Prog-résiste 75</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Collectif</t>
+          <t>Collectif,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>journal, objet de communication</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>62542</v>
+        <v>62800</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Prog-résiste 75</t>
+          <t>Programme Sept. Déc. 2014 - Cité de l’architecture et du patrimoine</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Collectif,</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>journal, objet de communication</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, matière plastique, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>62800</v>
+        <v>57393</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Programme Sept. Déc. 2014 - Cité de l’architecture et du patrimoine</t>
+          <t>La Grimace du monde. Le fantastique entre Bosch, Bruegel et la bande dessinée.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Collectif,</t>
+          <t>Collectif</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
         <v>62199</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>C'est la nuit !</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Collectif</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>